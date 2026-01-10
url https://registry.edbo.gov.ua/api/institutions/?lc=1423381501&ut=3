--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -319,120 +319,120 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Дачненська гімназія з дошкільним підрозділом Курахівської міської ради Донецької області</t>
+          <t>ДАЧНЕНСЬКА ГІМНАЗІЯ З ДОШКІЛЬНИМ ПІДРОЗДІЛОМ КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135643</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Дачненська гімназія з дошкільним підрозділом</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1423381501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Дачне, Мар'їнський район, Донецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1,А</t>
+          <t>вулиця Шкільна, 1А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14160110130045062</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, с. Дачне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(06278)92270</t>
+          <t>(099)0774206</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dachnoescool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://dachnoe-school.wixsite.com/dachnoeschool</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Шовкопляс Олена Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>