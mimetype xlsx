--- v1 (2026-01-10)
+++ v2 (2026-03-12)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>ДАЧНЕНСЬКА ГІМНАЗІЯ З ДОШКІЛЬНИМ ПІДРОЗДІЛОМ КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135643</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Дачненська гімназія з дошкільним підрозділом</t>
+          <t>ДАЧНЕНСЬКА ГІМНАЗІЯ З ДОШКІЛЬНИМ ПІДРОЗДІЛОМ</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1423381501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>