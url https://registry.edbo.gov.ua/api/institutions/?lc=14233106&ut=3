--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -319,126 +319,126 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія № 2 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №2 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134666</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Курахівська гімназія № 2</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1423310600</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Курахове, Мар'їнський район, Донецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 11-А</t>
+          <t>вулиця Кобзаря, 11-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14160110010020758</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, м. Курахове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(06278)3-39-09</t>
+          <t>(095)8462383</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>25687995@mail.gov.ua</t>
+          <t>ohkurahovo2@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>oh2kurakhovo.ucoz.net</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кириленко Тетяна Дмитрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Курахівська гімназія №3 Курахівської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>137279</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Курахівська гімназія № 3</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1423310600</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Курахове, Мар'їнський район, Донецька область</t>
@@ -541,164 +541,164 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Курахівський заклад загальної середньої освіти I-ІII ступенів №1 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ №1 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>134549</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Курахівський ЗЗСО І-ІІІ ст. № 1</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1423310600</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Курахове, Мар'їнський район, Донецька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 17</t>
+          <t>вулиця Кобзаря, 17</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA14160110010020758</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, м. Курахове</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06278)32208</t>
+          <t>(066)3123722</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>25688003@mail.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://kurahove-zosh1.dn.sch.in.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Юр'єва Аліна Сергіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Курахівський ліцей "Престиж" (академічного спрямування) Курахівської міської ради Донецької області</t>
+          <t>Курахівський ліцей «Престиж» (академічного спрямування) Курахівської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>134590</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Курахівський ліцей "Престиж" Курахівської міської ради</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -763,51 +763,51 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Курахівський опорний заклад загальної середньої освіти №5 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКИЙ ОПОРНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ №5 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>137319</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Курахівський опорний ЗЗСО №5</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -832,62 +832,62 @@
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>проспект Миру, 52</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA14160110010020758</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, м. Курахове</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(06278)33533</t>
+          <t>(066)4466907</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>25689356@mail.gov.ua</t>
+          <t>kurahivska.shkola5@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>sites.google.com/site/kurahivskazos5/</t>
+          <t>https://www.kurakhivskyiopornyizzso5.com.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Бобкова Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>