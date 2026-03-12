--- v1 (2026-01-10)
+++ v2 (2026-03-12)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>КУРАХІВСЬКА ГІМНАЗІЯ №2 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134666</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія № 2</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №2</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1423310600</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -432,64 +432,64 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія №3 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №3 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>137279</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія № 3</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №3</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1423310600</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -554,51 +554,51 @@
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>КУРАХІВСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ №1 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>134549</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Курахівський ЗЗСО І-ІІІ ст. № 1</t>
+          <t>КУРАХІВСЬКИЙ ЗЗСО І-ІІІ СТ. №1</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1423310600</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -776,51 +776,51 @@
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>КУРАХІВСЬКИЙ ОПОРНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ №5 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>137319</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Курахівський опорний ЗЗСО №5</t>
+          <t>КУРАХІВСЬКИЙ ОПОРНИЙ ЗЗСО №5</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1423310600</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>