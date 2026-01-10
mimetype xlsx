--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Новоекономічна загальноосвітня школа I-III ступенів Гродівської селищної ради Покровського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136877</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Новоекономічна ЗОШ</t>
+          <t>Новоекономічна ЗОШ I-III ст.</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1422755600</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -388,62 +388,62 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Гоголя, 25</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14160050020062757</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, с-ще Новоекономічне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, туризму і спорту Гродівської селищної ради Покровського району Донецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0623)537288</t>
+          <t>(0623)537288, (050)3284465</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>novoekonomichnazosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://novoekonomichnazosh.klasna.com</t>
+          <t>https://sites.google.com/novoek22.ukr.education/school-2023/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Балашов Володимир Юрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>