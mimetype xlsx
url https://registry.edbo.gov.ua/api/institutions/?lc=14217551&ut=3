--- v0 (2025-10-30)
+++ v1 (2026-01-10)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14140070010098555</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Маріупольський р-н, с-ще Микільське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Нікольська селищна рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06246)21729</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>30367033@mail.gov.ua</t>
+          <t>nnikolska27@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Тимчак Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
@@ -503,56 +503,56 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA14140070010098555</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Маріупольський р-н, с-ще Микільське</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Нікольська селищна рада</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(06246)20148</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>30367065@mail.gov.ua</t>
+          <t>30367065s@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://volodarsk-zosh2.ucoz.ua</t>
+          <t>https://sofnik2.gmz.org.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Швечикова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>