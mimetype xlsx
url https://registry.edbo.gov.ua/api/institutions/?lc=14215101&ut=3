--- v0 (2025-10-30)
+++ v1 (2026-01-10)
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Волноваський заклад загальної середньої освіти І-ІІІ ступенів № 1 Волноваської міської територіальної громади</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>144766</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Волноваський ЗЗСО І-ІІІ ступенів № 1</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1421510100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Волноваха, Волноваський район, Донецька область</t>