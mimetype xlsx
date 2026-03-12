--- v0 (2025-11-01)
+++ v1 (2026-03-12)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14040010070016519</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Волноваський р-н, с. Костянтинопіль</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Великоновосілківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)2410434</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>22008114@mail.gov.ua</t>
+          <t>kostiantynopil.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>kostyantynopil-zosh.edukit.dn.ua</t>
+          <t>https://avigoris.wixsite.com/kostiantynopil</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Бікєєва-Лакєрбая Тетяна Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>