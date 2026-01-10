--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14040010030036735</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Волноваський р-н, с. Багатир</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Великоновосілківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)0266187</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>21978230@mail.gov.ua</t>
+          <t>tellygalina@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>21978230wixsite.com/bogatyr-scool</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Телли Галина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>