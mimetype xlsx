--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14040010020056270</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Волноваський р-н, с. Андріївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Великоновосілківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)3120968</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>21978253@mail.gov.ua</t>
+          <t>andriyivka_school@andrsch.vnuo.dn.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>asshkola.at.ua/</t>
+          <t>https://sites.google.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Босак Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>