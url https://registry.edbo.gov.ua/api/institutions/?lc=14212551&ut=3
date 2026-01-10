--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14040010010027148</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Волноваський р-н, с-ще Велика Новосілка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Великоновосілківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)8978024</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>21978075@mail.gov.ua</t>
+          <t>vngimnazia@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>vngimnazia.at.ua</t>
+          <t>vngimnazia.dn.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Дігтяренко Любов Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -507,56 +507,56 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA14040010010027148</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Волноваський р-н, с-ще Велика Новосілка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Великоновосілківської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(06243)21687</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>21978069@mail.gov.ua</t>
+          <t>2novoschool@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>vzosh2.donetskedu.com</t>
+          <t>www.2novoschool.com</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Авілова Олена Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>