--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -438,51 +438,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Соледарська загальноосвітня школа І-ІІ ступенів №14 Соледарської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>144011</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Соледарська ЗОШ №14</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1420910800</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Соледар, Бахмутський район, Донецька область</t>