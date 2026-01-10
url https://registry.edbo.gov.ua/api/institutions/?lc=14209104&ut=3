--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -446,51 +446,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Сіверська гімназія №3 Сіверської міської ради Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>144394</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Сіверська гімназія № 3</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1420910400</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Сіверськ, Бахмутський район, Донецька область</t>
@@ -618,51 +618,51 @@
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, м. Сіверськ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Сіверської міської ради Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(06274)52143</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>siversk_1shkola@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Подоляк Тетяна Сергіївна</t>
+          <t>Завідувач філією Махник Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>