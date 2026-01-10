--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -372,83 +372,83 @@
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1420387501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Степанівка, Олександрівський район, Донецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Степова, 3</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
-          <t>UA14120150150019189</t>
+          <t>UA14120050180099297</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с. Степанівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Новодонецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(062)6924126</t>
+          <t>(066)0026123</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>stepanivska_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://stepanivska-shkola.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Чорний Віталій Володимирович</t>
+          <t>Директор Комісар Катерина Сергіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>