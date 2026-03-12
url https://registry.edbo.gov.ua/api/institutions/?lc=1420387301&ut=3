--- v0 (2025-11-01)
+++ v1 (2026-03-12)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 111</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14120150140082124</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с. Спасько-Михайлівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Новодонецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(06269)24237</t>
+          <t>(099)6605889</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>spasko-mih@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Костенко Володимир Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">