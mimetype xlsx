--- v0 (2025-10-29)
+++ v1 (2026-01-11)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14120150030072034</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с. Іверське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Новодонецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(050)8635511</t>
+          <t>(050)1933903</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>iverzosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кухар Ігор Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">