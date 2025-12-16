--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Святогірська загальноосвітня санаторна школа-інтернат I-II ступенів №12 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134292</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Святогірська ЗСШІ №12 облради</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1414170500</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Святогірськ, Слов'янськ, Донецька область</t>
@@ -2038,51 +2038,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1414100000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Слов'янськ, Донецька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Підгорна, 242</t>
+          <t>вулиця Підгірна, 242</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA14120210010032554</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Слов’янськ</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Слов’янської міської військової адміністрації Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(0626)667470</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">