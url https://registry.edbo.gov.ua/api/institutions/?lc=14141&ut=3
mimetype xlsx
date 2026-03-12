--- v1 (2025-12-16)
+++ v2 (2026-03-12)
@@ -848,51 +848,51 @@
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Слов’янськ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Слов’янської міської військової адміністрації Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(06262)34124</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>slavinterschool20@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Якименко Микола Іванович</t>
+          <t>Т.в.о. директора Українець Оксана Геннадіївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -1066,51 +1066,51 @@
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Слов’янськ</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Слов’янської міської військової адміністрації Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(06262)29339</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>slov_zoch7@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Савченко Ганна Олександрівна</t>
+          <t>Т.в.о. директора Бойко Тетяна Валеріївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1175,51 +1175,51 @@
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Слов’янськ</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Слов’янської міської військової адміністрації Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(0626)667469, (06262)74368</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>slavschool19@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Крапівіна Світлана Василівна</t>
+          <t>Т.в.о. директора Крапівіна Світлана Василівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1736,51 +1736,51 @@
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Слов’янської міської військової адміністрації Краматорського району Донецької області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(06262)20957</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>slavyanskschool15@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>https://schoolslav15.wixsite.com/index</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Кухаренко Марина Петрівна</t>
+          <t>Т.в.о. директора Єфремова Марина Миколаївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">