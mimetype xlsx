--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія №22 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №22 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140005</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Курахівська гімназія №22</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 17</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14160110050089070</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, с-ще Курахівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(062)3721125, (066)1576011</t>
+          <t>(066)1576011</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shcool22@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://kyrakhivska22.ucoz.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Піпоть Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>