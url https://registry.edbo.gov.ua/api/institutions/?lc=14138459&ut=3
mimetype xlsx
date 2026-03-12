--- v1 (2026-01-11)
+++ v2 (2026-03-12)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>КУРАХІВСЬКА ГІМНАЗІЯ №22 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140005</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія №22</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №22</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1413845900</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>