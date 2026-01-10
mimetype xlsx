--- v0 (2025-10-30)
+++ v1 (2026-01-10)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Гірницька гімназія №18 Курахівської міської ради Донецької області</t>
+          <t>ГІРНИЦЬКА ГІМНАЗІЯ №18 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140144</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Гірницька гімназія № 18</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -432,51 +432,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Гірницька гімназія №19 Курахівської міської ради Донецької області</t>
+          <t>ГІРНИЦЬКА ГІМНАЗІЯ №19 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140004</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Гірницька гімназія № 19</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -545,164 +545,164 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Гірницький опорний заклад загальної середньої освіти №17 Курахівської міської ради Донецької області</t>
+          <t>ГІРНИЦЬКИЙ ОПОРНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ №17 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>140230</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Гірницький опорний ЗЗСО № 17</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1413870300</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Гірник, Селидове, Донецька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 3</t>
+          <t>вулиця Незалежності, 3</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA14160110020099716</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, м. Гірник</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06237)5-10-93, (050)2059509</t>
+          <t>(050)2059509</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>zoh17@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://school17.ucoz.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Балуєва Олена Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія №22 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №22 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>140005</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Курахівська гімназія №22</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -727,51 +727,51 @@
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 17</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA14160110050089070</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, с-ще Курахівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(062)3721125, (066)1576011</t>
+          <t>(066)1576011</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>shcool22@meta.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://kyrakhivska22.ucoz.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Піпоть Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>