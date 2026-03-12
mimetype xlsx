--- v1 (2026-01-10)
+++ v2 (2026-03-12)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>ГІРНИЦЬКА ГІМНАЗІЯ №18 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140144</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Гірницька гімназія № 18</t>
+          <t>ГІРНИЦЬКА ГІМНАЗІЯ №18</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1413870300</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -445,51 +445,51 @@
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>ГІРНИЦЬКА ГІМНАЗІЯ №19 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140004</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Гірницька гімназія № 19</t>
+          <t>ГІРНИЦЬКА ГІМНАЗІЯ №19</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1413870300</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -558,51 +558,51 @@
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>ГІРНИЦЬКИЙ ОПОРНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ №17 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>140230</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Гірницький опорний ЗЗСО № 17</t>
+          <t>ГІРНИЦЬКИЙ ОПОРНИЙ ЗЗСО №17</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1413870300</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -671,51 +671,51 @@
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>КУРАХІВСЬКА ГІМНАЗІЯ №22 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>140005</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Курахівська гімназія №22</t>
+          <t>КУРАХІВСЬКА ГІМНАЗІЯ №22</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1413845900</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>