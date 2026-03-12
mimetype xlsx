--- v0 (2025-12-15)
+++ v1 (2026-03-12)
@@ -537,475 +537,475 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей №2 Лиманської міської ради Донецької області</t>
+          <t>Лиманський ліцей № 3 Лиманської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>135443</v>
+        <v>135836</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей № 2</t>
+          <t>Лиманський ліцей № 3</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1413300000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Лиман, Донецька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 13-А</t>
+          <t>вулиця Петропавлівська, 72</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA14120110010088407</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Лиман</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Лиманської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06261)42334</t>
+          <t>(06261)4-23-81</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>krscl@ukr.net</t>
+          <t>limzosh-3@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://klyman-zosh2.dn.sch.in.ua</t>
+          <t>https://sites.google.com/view/school3liman</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Войт Вадим Анатолійович</t>
+          <t>Директор Ярова Аліна Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей №3 Лиманської міської ради Донецької області</t>
+          <t>Лиманський ліцей № 4 Лиманської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>135836</v>
+        <v>135496</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей №3</t>
+          <t>Лиманський ліцей № 4</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1413300000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Лиман, Донецька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Петропавлівська, 72</t>
+          <t>провулок Привокзальний, 7-а</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA14120110010088407</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Лиман</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Лиманської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(06261)4-23-81</t>
+          <t>(06261)63792</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>limzosh-3@ukr.net</t>
+          <t>scl4@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school3liman</t>
+          <t>http://limanzosh4.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Ярова Аліна Володимирівна</t>
+          <t>В.о. директора Римар Наталія Євгеніївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей №4 Лиманської міської ради Донецької області</t>
+          <t>Лиманський ліцей № 5 Лиманської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>135496</v>
+        <v>135497</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей №4</t>
+          <t>Лиманський ліцей № 5</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1413300000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Лиман, Донецька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>провулок Привокзальний, 7-а</t>
+          <t>вулиця Театральна, 5-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA14120110010088407</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Лиман</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Лиманської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(06261)63792</t>
+          <t>(06261)23289</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>scl4@ukr.net</t>
+          <t>zosh-5@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://limanzosh4.com</t>
+          <t>http://school5.kl.com.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Римар Наталія Євгеніївна</t>
+          <t>Директор Шепілова Ірина Василівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей №5 Лиманської міської ради Донецької області</t>
+          <t>Лиманський ліцей №2 Лиманської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>135497</v>
+        <v>135443</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Лиманський ліцей № 5</t>
+          <t>Лиманський ліцей № 2</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1413300000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Лиман, Донецька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Театральна, 5-А</t>
+          <t>вулиця Пушкіна, 13-А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA14120110010088407</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Лиман</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Лиманської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(06261)23289</t>
+          <t>(06261)42334</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>zosh-5@ukr.net</t>
+          <t>krscl@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://school5.kl.com.ua</t>
+          <t>http://klyman-zosh2.dn.sch.in.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Шепілова Ірина Василівна</t>
+          <t>Т.в.о. директора Войт Вадим Анатолійович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">