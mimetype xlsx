--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Краматорська загальноосвітня санаторна школа-інтернат I-II ступенів №10 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134374</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Краматорська ЗСШІ № 10 обласної ради</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
@@ -767,249 +767,249 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Краматорська загальноосвітня школа I-IІI ступенів №10 з профільним навчанням Краматорської міської ради Донецької області</t>
+          <t>Краматорська загальноосвітня школа I-IІI ступенів № 11 Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>141801</v>
+        <v>141761</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Краматорська ЗОШ № 10</t>
+          <t>Краматорська ЗОШ № 11</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хортицька, 40-Ш</t>
+          <t>вулиця Тріумфальна, 9</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(06264)62899</t>
+          <t>(0626)413253</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>school10kram@gmail.com</t>
+          <t>kram_school11@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://sch10kram.pp.ua</t>
+          <t>http://sh11.pp.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Кожемякіна Оксана Василівна</t>
+          <t>В.о. директора Писаренко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Краматорська загальноосвітня школа I-IІI ступенів №11 Краматорської міської ради Донецької області</t>
+          <t>Краматорська загальноосвітня школа I-IІI ступенів №10 з профільним навчанням Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>141761</v>
+        <v>141801</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Краматорська ЗОШ № 11</t>
+          <t>Краматорська ЗОШ № 10</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тріумфальна, 9</t>
+          <t>вулиця Хортицька, 40-Ш</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0626)413253</t>
+          <t>(06264)62899</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>kram_school11@ukr.net</t>
+          <t>school10kram@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://sh11.pp.ua</t>
+          <t>http://sch10kram.pp.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Писаренко Наталія Миколаївна</t>
+          <t>Директор Кожемякіна Оксана Василівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1191,51 +1191,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(06264)63407</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>kram_school16@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://kramsch16.donetskedu.com</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Чоста Людмила Ярославівна</t>
+          <t>В.о. директора Кожемякіна Оксана Василівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1459,51 +1459,51 @@
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Краматорська загальноосвітня школа I-IІI ступенів №2 Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>141756</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Краматорська ЗОШ № 2</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
@@ -1857,97 +1857,97 @@
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(06264)69906</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>school26krm@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>http://krmschool26.ho.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Кушниренко Олена Миколаївна</t>
+          <t>В.о. директора Омельченко Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>Краматорська загальноосвітня школа I-IІI ступенів №3 Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>141757</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Краматорська ЗОШ № 3</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
@@ -2016,51 +2016,51 @@
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
           <t>Краматорська загальноосвітня школа I-IІI ступенів №30 Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>143029</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>Краматорська ЗОШ №30</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
@@ -2129,51 +2129,51 @@
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>Краматорська загальноосвітня школа I-IІI ступенів №31 Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>143012</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Краматорська ЗОШ № 31</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
@@ -2224,1634 +2224,1634 @@
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Краматорська загальноосвітня школа I-IІI ступенів №5 Краматорської міської ради Донецької області</t>
+          <t>Краматорська загальноосвітня школа I-IІI ступенів №33 Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>141778</v>
+        <v>141299</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Краматорська ЗОШ № 5</t>
+          <t>Краматорська ЗОШ № 33</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Стуса, 40</t>
+          <t>вулиця Гетьманська, 95</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(06264)37490</t>
+          <t>(06264)43494</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>school5kram@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S19" s="4"/>
+          <t>kramschool33@ukr.net</t>
+        </is>
+      </c>
+      <c r="S19" s="4" t="inlineStr">
+        <is>
+          <t>http://schoola33.klasna.com</t>
+        </is>
+      </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваленко Микола Михайлович</t>
+          <t>Директор Аннабердієва Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Краматорська спеціальна школа №18 Донецької обласної ради</t>
+          <t>Краматорська загальноосвітня школа І-ІІІ ступенів № 5 Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>145434</v>
+        <v>141778</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>КСШ №18 облради</t>
+          <t>Краматорська ЗОШ № 5</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Небесної Сотні, 25</t>
+          <t>вулиця Василя Стуса, 40</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
+          <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(06264)6-49-75</t>
+          <t>(06264)37490</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>chrisint318@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school5kram@ukr.net</t>
+        </is>
+      </c>
+      <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Тяжлова Вікторія Володимирівна</t>
+          <t>В.о. директора Волотка Ольга Сергіївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Краматорська спеціальна школа №33 Донецької обласної ради</t>
+          <t>Краматорська спеціальна школа №18 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>147158</v>
+        <v>145434</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>КСШ №33 облради</t>
+          <t>КСШ №18 облради</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Червона, 61</t>
+          <t>вулиця Героїв Небесної Сотні, 25</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0626)445038</t>
+          <t>(06264)6-49-75</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>kramintdop33@i.ua</t>
-[...2 lines deleted...]
-      <c r="S21" s="4"/>
+          <t>chrisint318@gmail.com</t>
+        </is>
+      </c>
+      <c r="S21" s="4" t="inlineStr">
+        <is>
+          <t>http://kramatorsk-school-internat18.dn.ua</t>
+        </is>
+      </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Комісаренко Світлана Олександрівна</t>
+          <t>Директор Тяжлова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Краматорський заклад загальної середньої освіти №12 імені Степана Чубенка Краматорської міської ради Донецької області</t>
+          <t>Краматорська спеціальна школа №33 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>141773</v>
+        <v>147158</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Краматорський ЗЗСО № 12 імені Степана Чубенка</t>
+          <t>КСШ №33 облради</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Стуса, 19</t>
+          <t>вулиця Червона, 61</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Краматорської міської ради</t>
+          <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(06264)3-02-70, (06264)3-02-61</t>
+          <t>(0626)445038</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>School12kram@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kramintdop33@i.ua</t>
+        </is>
+      </c>
+      <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Мироненко Олена Анатоліївна</t>
+          <t>Директор Комісаренко Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Краматорський заклад загальної середньої освіти №22 з профільним навчанням імені Миколи Миколайовича Крупченка Краматорської міської ради Донецької області</t>
+          <t>Краматорський заклад загальної середньої освіти №12 імені Степана Чубенка Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>141789</v>
+        <v>141773</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Краматорський ЗЗСО №22</t>
+          <t>Краматорський ЗЗСО № 12 імені Степана Чубенка</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Двірцева, 3</t>
+          <t>вулиця Василя Стуса, 19</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(06264)3-01-80</t>
+          <t>(06264)3-02-70, (06264)3-02-61</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>krm_school_22@ukr.net</t>
+          <t>School12kram@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>http://krm_s22.klasna.com</t>
+          <t>http://kramschool12.klasna.com</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Малахова Наталія Валеріївна</t>
+          <t>Директор Мироненко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Краматорський навчально-виховний комплекс (загальноосвітня школа I-IІI ступенів №32 - дошкільний навчальний заклад) Краматорської міської ради</t>
+          <t>Краматорський заклад загальної середньої освіти №22 з профільним навчанням імені Миколи Миколайовича Крупченка Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>143030</v>
+        <v>141789</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Краматорська ЗОШ № 32</t>
+          <t>Краматорський ЗЗСО №22</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данила Мурашка, 22</t>
+          <t>вулиця Двірцева, 3</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0626)440070</t>
+          <t>(06264)3-01-80</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>nvkschool32kram@gmail.com</t>
+          <t>krm_school_22@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://www.kramnvk.in.ua/</t>
+          <t>http://krm_s22.klasna.com</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Тесленко Наталія Володимирівна</t>
+          <t>Директор Малахова Наталія Валеріївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Краматорський навчально-виховний комплекс "Загальноосвітня школа I-IІI ступенів №6 - дошкільний навчальний заклад Краматорської міської ради"</t>
+          <t>Краматорський навчально-виховний комплекс (загальноосвітня школа I-IІI ступенів №32 - дошкільний навчальний заклад) Краматорської міської ради</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>135148</v>
+        <v>143030</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Краматорський НВК (ЗОШ № 6 - ДНЗ)</t>
+          <t>Краматорська ЗОШ № 32</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Велика Садова, 71</t>
+          <t>вулиця Данила Мурашка, 22</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0626)412488</t>
+          <t>(0626)440070</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>school_6_6@ukr.net</t>
+          <t>nvkschool32kram@gmail.com</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>http://Kramschool6.edukit.dn.ua</t>
+          <t>http://www.kramnvk.in.ua/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Корчагіна Світлана Аркадіївна</t>
+          <t>В.о. директора Мурашко Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №35 імені Валентина Шеймана Краматорської міської ради Донецької області</t>
+          <t>Краматорський навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів № 6 - дошкільний навчальний заклад Краматорської міської ради"</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>143013</v>
+        <v>135148</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 35 імені Валентина Шеймана</t>
+          <t>Краматорський НВК (ЗОШ № 6 - ДНЗ)</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ювілейна, 46</t>
+          <t>вулиця Велика Садова, 71</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(06264)71166</t>
+          <t>(0626)412488</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>lyceum35@ukr.net</t>
+          <t>school_6_6@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>http://kram-school35.pp.ua</t>
+          <t>http://Kramschool6.edukit.dn.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Лєсняк Наталя Анатоліївна</t>
+          <t>Директор Корчагіна Світлана Аркадіївна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад загальної середньої освіти "Академічний" Краматорської міської ради Донецької області</t>
+          <t>Ліцей №35 імені Валентина Шеймана Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>143037</v>
+        <v>143013</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>ОЗЗСО "Академічний"</t>
+          <t>Ліцей № 35 імені Валентина Шеймана</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б. Хмельницького, 25</t>
+          <t>вулиця Ювілейна, 46</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(06264)71588</t>
+          <t>(06264)71166</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>kramschool25@i.ua</t>
+          <t>lyceum35@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://www.kramschool25.donetskedu.com</t>
+          <t>http://kram-school35.pp.ua</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Страшко Інна Миколаївна</t>
+          <t>Директор Лєсняк Наталя Анатоліївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад загальної середньої освіти імені Василя Стуса Краматорської міської ради Донецької області</t>
+          <t>Опорний заклад загальної середньої освіти «Успіх» Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>136968</v>
+        <v>139804</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ОЗЗСО імені Василя Стуса</t>
+          <t>ОЗЗСО «Успіх»</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>проспект Незалежності, 57-А</t>
+          <t>вулиця Двірцева, 48А-1</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(06264)74283, (06264)72528</t>
+          <t>(06264)53434</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>sch_8@ukr.net</t>
+          <t>sh4_gl@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://kramsch8.ho.ua</t>
+          <t>http://kramatorsk-school4.edukit.dn.ua</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Калініна Вікторія Павлівна</t>
+          <t>Директор Каракулова Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад загальної середньої освіти "Лідер" Краматорської міської ради Донецької області</t>
+          <t>Опорний заклад загальної середньої освіти "Академічний" Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>143025</v>
+        <v>143037</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>ОЗЗСО "Лідер"</t>
+          <t>ОЗЗСО "Академічний"</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бахмутська, 11</t>
+          <t>вулиця Б. Хмельницького, 25</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(06264)6-53-30</t>
+          <t>(06264)71588</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>kug.the.best@gmail.com</t>
+          <t>akadem.kramzzso@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>www.gimnazia.pp.ua</t>
+          <t>http://www.kramschool25.donetskedu.com</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Щербак Вікторія Юріївна</t>
+          <t>Директор Страшко Інна Миколаївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад загальної середньої освіти "Успіх" Краматорської міської ради Донецької області</t>
+          <t>Опорний заклад загальної середньої освіти імені Василя Стуса Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>139804</v>
+        <v>136968</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>ОЗЗСО "Успіх"</t>
+          <t>ОЗЗСО імені Василя Стуса</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Двірцева, 48А-1</t>
+          <t>проспект Незалежності, 57-А</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(06264)53434</t>
+          <t>(06264)74283, (06264)72528</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>sh4_gl@ukr.net</t>
+          <t>sch_8@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://kramatorsk-school4.edukit.dn.ua</t>
+          <t>http://kramsch8.ho.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Каракулова Ірина Анатоліївна</t>
+          <t>Директор Калініна Вікторія Павлівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Перший Краматорський ліцей Краматорської міської ради</t>
+          <t>Опорний заклад загальної середньої освіти "Лідер" Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>141758</v>
+        <v>143025</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Перший Краматорський ліцей</t>
+          <t>ОЗЗСО "Лідер"</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радужна, 13</t>
+          <t>вулиця Бахмутська, 11</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(095)2295170</t>
+          <t>(06264)6-53-30</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>first.lyceum.kramuo@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S31" s="4"/>
+          <t>kug.the.best@gmail.com</t>
+        </is>
+      </c>
+      <c r="S31" s="4" t="inlineStr">
+        <is>
+          <t>www.gimnazia.pp.ua</t>
+        </is>
+      </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Тесленко Наталія Володимирівна</t>
+          <t>Директор Щербак Вікторія Юріївна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Філія опорного закладу загальної середньої освіти "Академічний" Краматорської міської ради Донецької області</t>
+          <t>Перший Краматорський ліцей Краматорської міської ради</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>141795</v>
+        <v>141758</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Філія ОЗЗСО "Академічний"</t>
+          <t>Перший Краматорський ліцей</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б. Хмельницького, 28</t>
+          <t>вулиця Радужна, 13</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(062)6477232</t>
+          <t>(095)2295170</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>filiyaakadem@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>first.lyceum.kramuo@gmail.com</t>
+        </is>
+      </c>
+      <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Осадча Людмила Іванівна</t>
+          <t>Директор Тесленко Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Філія опорного закладу загальної середньої освіти "Успіх" Краматорської міської ради Донецької області</t>
+          <t>Філія опорного закладу загальної середньої освіти «Успіх» Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
         <v>141760</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Філія ОЗЗСО "Успіх"</t>
+          <t>Філія ОЗЗСО «Успіх»</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>1412900000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -3907,141 +3907,141 @@
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Краматорська загальноосвітня школа I-IІI ступенів №33 Краматорської міської ради Донецької області</t>
+          <t>Філія опорного закладу загальної середньої освіти "Академічний" Краматорської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>141299</v>
+        <v>141795</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Краматорська ЗОШ № 33</t>
+          <t>Філія ОЗЗСО "Академічний"</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>1412946200</t>
+          <t>1412900000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
-          <t>смт Красноторка, Краматорськ, Донецька область</t>
+          <t>Краматорськ, Донецька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гетьманська, 95</t>
+          <t>вулиця Б. Хмельницького, 28</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA14120090040069534</t>
+          <t>UA14120090010038661</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
-          <t>Донецька обл., Краматорський р-н, с-ще Красноторка</t>
+          <t>Донецька обл., м. Краматорськ</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Краматорської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(06264)43494</t>
+          <t>(062)6477232</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>kramschool33@ukr.net</t>
+          <t>filiyaakadem@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>http://schoola33.klasna.com</t>
+          <t>kramschool24.wixsite.com/sc24</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Аннабердієва Тетяна Миколаївна</t>
+          <t>Завідувач філією Осадча Людмила Іванівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y34"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">