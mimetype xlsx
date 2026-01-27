--- v0 (2025-10-19)
+++ v1 (2026-01-27)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська гімназія №2 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>143254</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Маріупольська гімназія №2</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №15 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>143290</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 15</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -654,51 +654,51 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №29 Маріупольської міської ради Донецької області"</t>
+          <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №29 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>144442</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 29</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -785,51 +785,51 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №31 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>143256</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №31</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -880,51 +880,51 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №54 Маріупольської міської ради Донецької області"</t>
+          <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №54 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>135403</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 54</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -1011,51 +1011,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №32 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>143304</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 32</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1124,51 +1124,51 @@
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №26 Маріупольської міської ради Донецької області "</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>143452</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №26</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1237,51 +1237,51 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №33 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>144782</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №33</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1350,51 +1350,51 @@
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №37 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>143257</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №37</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1463,51 +1463,51 @@
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад Маріупольський морський ліцей Маріупольської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>144648</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Маріупольський морський ліцей</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>