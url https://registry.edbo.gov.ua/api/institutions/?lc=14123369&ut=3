--- v0 (2025-10-21)
+++ v1 (2026-01-27)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Виноградненська гімназія зі структурним підрозділом початкової школи Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138106</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Виноградненська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -559,51 +559,51 @@
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №57 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>134491</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №57</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -672,51 +672,51 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №41 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>145362</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 41</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -785,51 +785,51 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №51 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>144937</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 51</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -898,51 +898,51 @@
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №55 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>136539</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №55</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1011,51 +1011,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №56 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>134933</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №56</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1124,51 +1124,51 @@
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №68 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>134722</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №68</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1237,51 +1237,51 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська спеціалізована школа I-III ступенів №40 імені Миська Євгена Михайловича Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>144802</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ №40</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1350,51 +1350,51 @@
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "гімназія - школа" №1 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>143368</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "гімназія-школа" № 1</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1463,51 +1463,51 @@
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "загальноосвітня школа-ліцей інформаційних технологій" №69 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>134962</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "школа-ліцей" №69</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1576,51 +1576,51 @@
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "Ліцей - школа №14" Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>143431</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "Ліцей-школа №14"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1802,51 +1802,51 @@
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа І-ІІІ ступенів №5 з поглибленим вивченням окремих предметів Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>143240</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ № 5</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>