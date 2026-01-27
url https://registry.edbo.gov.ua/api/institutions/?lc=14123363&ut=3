--- v0 (2025-10-21)
+++ v1 (2026-01-27)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД "ГІМНАЗІЯ ЗІ СТРУКТУРНИМ ПІДРОЗДІЛОМ ПОЧАТКОВОЇ ШКОЛИ №1 МАРІУПОЛЬСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135045</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗ "Гімназія зі структурним підрозділом початкової школи №1"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Гімназія зі структурним підрозділом початкової школи №17 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>143242</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Гімназія - початкова школа № 17</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -563,51 +563,51 @@
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №38 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>136548</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Гімназія-початкова школа № 38</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -676,51 +676,51 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №25 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>144500</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №25</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -789,51 +789,51 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №53 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>135999</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №53</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -902,51 +902,51 @@
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №65 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>136488</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №65</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1015,51 +1015,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №67 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>134926</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №67</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1128,79 +1128,83 @@
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №7 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>143289</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 7</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
         </is>
       </c>
-      <c r="K9" s="4"/>
+      <c r="K9" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Леваневського, 7</t>
+        </is>
+      </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA14140050010437700</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Маріуполь</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Маріупольської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(0629)334513</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>OOLLL7@ukr.net</t>
@@ -1237,51 +1241,51 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №18 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>145760</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №18</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1350,51 +1354,51 @@
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №52 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>144482</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №52</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1463,51 +1467,51 @@
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №9 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>143292</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №9</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1576,51 +1580,51 @@
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №16 Маріупольської міської ради Донецької області "</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>145303</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №16</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1689,51 +1693,51 @@
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №64 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>135026</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №64</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1802,51 +1806,51 @@
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська спеціалізована школа І-ІІІ ступенів №63 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>134765</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ №63</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2028,51 +2032,51 @@
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський міський ліцей Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>144441</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>Маріупольський міський ліцей</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2141,51 +2145,51 @@
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський міський навчально-виховний комплекс "Гімназія - школа" №27 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>143246</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "Гімназія-школа" №27</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2254,51 +2258,51 @@
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський технічний ліцей" Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
         <v>136022</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>Маріупольський технічний ліцей</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2367,51 +2371,51 @@
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Початкова школа №36 - школа повного дня Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
         <v>143305</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>Початкова школа №36</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2480,51 +2484,51 @@
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа І-ІІІ ступенів №3 з поглибленим вивченням окремих предметів Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
         <v>143243</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ № 3</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2593,51 +2597,51 @@
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
           <t>Маріупольська загальноосвітня санаторна школа-інтернат I-II ступенів №11 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
         <v>134313</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗСШІ № 11 облради</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2660,97 +2664,97 @@
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(0629)345145, (0629)402056</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
           <t>internatd_11@i.ua</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
           <t>http://mariupol-internat11.edukit.dn.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Керекеша-Попова Олена Володимирівна</t>
+          <t>В.о. директора Згара Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
           <t>Маріупольська спеціальна школа №21 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
         <v>147170</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>МСШ № 21 облради</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2769,97 +2773,97 @@
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Маріуполь</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(0629)332527, (096)7379589</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
           <t>e.v.g.81@i.ua</t>
         </is>
       </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Краус Олена Геннадіївна</t>
+          <t>В.о. директора Лук'янов Геннадій Вячеславович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
           <t>Приватна установа "Маріупольська загальноосвітня приватна школа ІІ-ІІІ ступенів "Привилегия" Донецької області"</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
         <v>148343</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>МЗОПШ "Привилегия"</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>