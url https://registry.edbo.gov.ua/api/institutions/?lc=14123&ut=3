--- v0 (2025-10-19)
+++ v1 (2026-01-27)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Виноградненська гімназія зі структурним підрозділом початкової школи Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138106</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Виноградненська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -446,51 +446,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД "ГІМНАЗІЯ ЗІ СТРУКТУРНИМ ПІДРОЗДІЛОМ ПОЧАТКОВОЇ ШКОЛИ №1 МАРІУПОЛЬСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>135045</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>КЗ "Гімназія зі структурним підрозділом початкової школи №1"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -559,51 +559,51 @@
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Гімназія зі структурним підрозділом початкової школи №17 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>143242</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Гімназія - початкова школа № 17</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -672,51 +672,51 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №20 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>145736</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Гімназія-школа № 20</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -785,51 +785,51 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №21 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>143308</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №21</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -898,51 +898,51 @@
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №38 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>136548</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Гімназія-початкова школа № 38</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1011,51 +1011,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №42 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>145763</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>КЗ "Гімназія зі стуктурним підрозділом початкової школи № 42 Маріупольської міської ради "</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1124,51 +1124,51 @@
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Гімназія зі структурним підрозділом початкової школи №44 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>143353</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №44</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1237,51 +1237,51 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська гімназія №2 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>143254</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Маріупольська гімназія №2</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1463,51 +1463,51 @@
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №15 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>143290</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 15</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1576,51 +1576,51 @@
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №19 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>144497</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 19</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1798,51 +1798,51 @@
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №24 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>145305</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №24</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -1911,51 +1911,51 @@
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №25 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>144500</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №25</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2006,51 +2006,51 @@
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №29 Маріупольської міської ради Донецької області"</t>
+          <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №29 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>144442</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 29</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -2137,51 +2137,51 @@
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №30 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>145739</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 30</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2250,51 +2250,51 @@
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №31 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
         <v>143256</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №31</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2363,51 +2363,51 @@
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №34 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
         <v>143263</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №34</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2476,51 +2476,51 @@
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №45 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
         <v>143309</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 45</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2589,51 +2589,51 @@
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №50 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
         <v>144867</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №50</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2702,51 +2702,51 @@
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №53 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
         <v>135999</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №53</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -2797,51 +2797,51 @@
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №54 Маріупольської міської ради Донецької області"</t>
+          <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №54 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
         <v>135403</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 54</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -2928,51 +2928,51 @@
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №57 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
         <v>134491</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №57</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -3041,51 +3041,51 @@
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №65 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
         <v>136488</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №65</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -3154,51 +3154,51 @@
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №67 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
         <v>134926</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №67</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -3267,79 +3267,83 @@
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-III ступенів №7 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
         <v>143289</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 7</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
         </is>
       </c>
-      <c r="K28" s="4"/>
+      <c r="K28" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Леваневського, 7</t>
+        </is>
+      </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA14140050010437700</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Маріуполь</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Маріупольської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(0629)334513</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
           <t>OOLLL7@ukr.net</t>
@@ -3358,51 +3362,51 @@
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IIІ ступенів №47 Маріупольської міської ради Донецької області"</t>
+          <t>комунальний заклад "Маріупольська загальноосвітня школа I-IIІ ступенів №47 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
         <v>143312</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №47</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -3489,51 +3493,51 @@
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №18 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
         <v>145760</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №18</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -3602,51 +3606,51 @@
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №32 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
         <v>143304</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 32</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -3715,51 +3719,51 @@
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №41 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
         <v>145362</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 41</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -3828,51 +3832,51 @@
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №51 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
         <v>144937</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ № 51</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -3941,51 +3945,51 @@
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №52 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
         <v>144482</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №52</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4054,51 +4058,51 @@
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №55 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
         <v>136539</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №55</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4167,51 +4171,51 @@
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа I-IІI ступенів №9 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
         <v>143292</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №9</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4280,51 +4284,51 @@
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №16 Маріупольської міської ради Донецької області "</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
         <v>145303</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №16</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4393,51 +4397,51 @@
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №26 Маріупольської міської ради Донецької області "</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
         <v>143452</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №26</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4506,51 +4510,51 @@
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №33 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
         <v>144782</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №33</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4619,51 +4623,51 @@
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №37 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
         <v>143257</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №37</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4845,51 +4849,51 @@
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №56 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
         <v>134933</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №56</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -4958,51 +4962,51 @@
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №64 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
         <v>135026</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №64</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5071,51 +5075,51 @@
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольська загальноосвітня школа І-ІІІ ступенів №68 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
         <v>134722</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗОШ №68</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5184,51 +5188,51 @@
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська спеціалізована школа I-III ступенів №40 імені Миська Євгена Михайловича Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
         <v>144802</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ №40</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5297,51 +5301,51 @@
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська спеціалізована школа І-ІІІ ступенів №63 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
         <v>134765</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ №63</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5523,51 +5527,51 @@
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Маріупольський заклад загальної середньої освіти I-II ступенів - заклад дошкільної освіти №39 імені В.Є. Прокопенка Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
         <v>144929</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>Маріупольський ЗЗСО-ЗДО №39</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5636,51 +5640,51 @@
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський міський ліцей Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
         <v>144441</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>Маріупольський міський ліцей</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5749,51 +5753,51 @@
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський міський навчально-виховний комплекс "Гімназія - школа" №27 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
         <v>143246</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "Гімназія-школа" №27</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5862,51 +5866,51 @@
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський міський технологічний ліцей Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
         <v>135154</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>Маріупольський міський технологічний ліцей</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -5975,51 +5979,51 @@
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад Маріупольський морський ліцей Маріупольської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
         <v>144648</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>Маріупольський морський ліцей</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>1412337200</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6088,51 +6092,51 @@
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "гімназія - школа" №1 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
         <v>143368</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "гімназія-школа" № 1</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6201,51 +6205,51 @@
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "загальноосвітня школа-ліцей інформаційних технологій" №69 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
         <v>134962</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "школа-ліцей" №69</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6314,51 +6318,51 @@
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "колегіум-школа" №28 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
         <v>145314</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК №28</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6427,51 +6431,51 @@
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський навчально-виховний комплекс "Ліцей - школа №14" Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
         <v>143431</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>Маріупольський НВК "Ліцей-школа №14"</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6653,51 +6657,51 @@
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольський технічний ліцей" Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
         <v>136022</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>Маріупольський технічний ліцей</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6766,51 +6770,51 @@
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Початкова школа - заклад дошкільної освіти зі спеціальними класами (групами) для дітей з порушеннями зору № 71 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
         <v>145753</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>Маріупольська "Початкова школа - ЗДО №71"</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6875,51 +6879,51 @@
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Початкова школа №36 - школа повного дня Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
         <v>143305</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>Початкова школа №36</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -6988,51 +6992,51 @@
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа з поглибленим вивченням окремих предметів І-ІІІ ступенів №4 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
         <v>143244</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа №4"</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -7101,51 +7105,51 @@
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа І-ІІІ ступенів №3 з поглибленим вивченням окремих предметів Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
         <v>143243</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ № 3</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -7214,51 +7218,51 @@
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Спеціалізована школа І-ІІІ ступенів №5 з поглибленим вивченням окремих предметів Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
         <v>143240</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>Маріупольська СШ № 5</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>1412336900</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -7327,51 +7331,51 @@
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
           <t>Маріупольська загальноосвітня санаторна школа-інтернат I-II ступенів №11 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
         <v>134313</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>Маріупольська ЗСШІ № 11 облради</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>санаторна школа-інтернат</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -7394,51 +7398,51 @@
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
           <t>(0629)345145, (0629)402056</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
           <t>internatd_11@i.ua</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
           <t>http://mariupol-internat11.edukit.dn.ua</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Керекеша-Попова Олена Володимирівна</t>
+          <t>В.о. директора Згара Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
@@ -7553,51 +7557,51 @@
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
           <t>Маріупольська спеціальна школа №21 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
         <v>147170</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>МСШ № 21 облради</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -7616,97 +7620,97 @@
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Маріуполь</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
           <t>(0629)332527, (096)7379589</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
           <t>e.v.g.81@i.ua</t>
         </is>
       </c>
       <c r="S66" s="4"/>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Краус Олена Геннадіївна</t>
+          <t>В.о. директора Лук'янов Геннадій Вячеславович</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
           <t>Маріупольська спеціальна школа №37 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
         <v>145096</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>МСШ № 37 облради</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
           <t>1412336600</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -7725,51 +7729,51 @@
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Маріуполь</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
           <t>(0629)469908</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
           <t>shopenn86@gmail.com</t>
         </is>
       </c>
       <c r="S67" s="4"/>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Рудас Тетяна Петрівна</t>
+          <t>В.о. директора Ропатюк Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
@@ -7884,51 +7888,51 @@
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
           <t>Приватна установа "Маріупольська загальноосвітня приватна школа ІІ-ІІІ ступенів "Привилегия" Донецької області"</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
         <v>148343</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>МЗОПШ "Привилегия"</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
           <t>1412336300</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Маріуполь, Донецька область</t>
@@ -8219,51 +8223,51 @@
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Маріупольська спеціалізована школа з поглибленим вивченням новогрецької мови І-ІІІ ступенів №46 Маріупольської міської ради Донецької області"</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
         <v>144595</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>Марiупольська СШ №46</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
           <t>1412365600</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>смт Старий Крим, Маріуполь, Донецька область</t>