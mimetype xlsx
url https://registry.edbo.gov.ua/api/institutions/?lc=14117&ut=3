--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -432,476 +432,476 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Дружківська загальноосвітня школа І-ІІІ ступенів №17 Дружківської міської ради Донецької області</t>
+          <t>заклад загальної середньої освіти гімназія №1 Дружківської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>138286</v>
+        <v>138474</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Школа №17</t>
+          <t>ЗЗСО гімназія №1</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1411700000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Дружківка, Донецька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Козацька, 86</t>
+          <t>вулиця О. Гончара, 111</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA14120030010055241</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Дружківка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Дружківської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(06267)31950</t>
+          <t>(06267)46359</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>25705167@mail.gov.ua</t>
+          <t>25703010@mail.gov.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://druzhschool17.wixsite.com/druzhschool17</t>
+          <t>https://schkola1.ucoz.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваленко Юлія Вячеславівна</t>
+          <t>Директор Шевченко Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>заклад загальної середньої освіти гімназія №1 Дружківської міської ради Донецької області</t>
+          <t>заклад загальної середньої освіти гімназія №12 Дружківської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>138474</v>
+        <v>138353</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО гімназія №1</t>
+          <t>ЗЗСО гімназія №12</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1411700000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Дружківка, Донецька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця О. Гончара, 111</t>
+          <t>вулиця Вартових неба, 31</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA14120030010055241</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Дружківка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Дружківської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06267)46359</t>
+          <t>(06267)32584</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>25703010@mail.gov.ua</t>
+          <t>25705121@mail.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://schkola1.ucoz.ua/</t>
+          <t>http://sch12druzhkivka.ucoz.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Лариса Володимирівна</t>
+          <t>В.о. директора Венцель Олена Василівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>заклад загальної середньої освіти гімназія №12 Дружківської міської ради Донецької області</t>
+          <t>заклад загальної середньої освіти гімназія №14 Дружківської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>138353</v>
+        <v>138891</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО гімназія №12</t>
+          <t>ЗЗСО гімназія №14</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1411700000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Дружківка, Донецька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вартових неба, 31</t>
+          <t>вулиця Богдана Кулакова, 83</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA14120030010055241</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Дружківка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Дружківської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(06267)32584</t>
+          <t>(06267)52042</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>25705121@mail.gov.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>25705138@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Венцель Олена Василівна</t>
+          <t>В.о. директора Ганевська Марина Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>заклад загальної середньої освіти гімназія №14 Дружківської міської ради Донецької області</t>
+          <t>заклад загальної середньої освіти гімназія №17 Дружківської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>138891</v>
+        <v>138286</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО гімназія №14</t>
+          <t>ЗЗСО гімназія №17</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1411700000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Дружківка, Донецька область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Кулакова, 83</t>
+          <t>вулиця Козацька, 86</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA14120030010055241</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Дружківка</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Дружківської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(06267)52042</t>
+          <t>(06267)31950</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>25705138@mail.gov.ua</t>
-[...2 lines deleted...]
-      <c r="S6" s="4"/>
+          <t>25705167@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S6" s="4" t="inlineStr">
+        <is>
+          <t>http://druzhschool17.wixsite.com/druzhschool17</t>
+        </is>
+      </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ганевська Марина Анатоліївна</t>
+          <t>Директор Коваленко Юлія Вячеславівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>заклад загальної середньої освіти гімназія №6 Дружківської міської ради Донецької області</t>
         </is>
       </c>
@@ -1119,51 +1119,51 @@
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти гімназія №8 Дружківської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>138475</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>гімназія №8</t>
+          <t>ЗЗСО гімназія №8</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1411700000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -1677,51 +1677,51 @@
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Олексієво-Дружківська спеціальна школа №13 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>134271</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>Олексієво-Дружківська СШ № 13 облради</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1411745300</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>смт Олексієво-Дружківка, Дружківка, Донецька область</t>