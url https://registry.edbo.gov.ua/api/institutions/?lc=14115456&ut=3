--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -501,67 +501,67 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборна, 5</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA14120150010028915</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с-ще Новодонецьке</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Новодонецької селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(066)4474048</t>
+          <t>(066)2314291</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>novodschoool17@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/novodon-zzso-17</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Балашенок Любов Федорівна</t>
+          <t>Директор Янковська Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>