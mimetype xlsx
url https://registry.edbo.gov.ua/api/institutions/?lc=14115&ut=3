--- v0 (2025-10-30)
+++ v1 (2026-01-10)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$18</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y19"/>
+  <dimension ref="A1:Y18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -884,1518 +884,1405 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Білозерська загальноосвітня школа I-III ступенів №14 Білозерської міської ради Донецької області</t>
+          <t>Білозерська загальноосвітня школа I-III ступенів №18 Білозерської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>137486</v>
+        <v>137498</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Білозерська ЗОШ І-ІІІ ступенів № 14</t>
+          <t>Білозерська ЗОШ І-ІІІ ступенів №18</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1411570500</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Білозерське, Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця імені Олександра Єрмакова, 2</t>
+          <t>вулиця Фестивальна, 6</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA14160030010032487</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Покровський р-н, м. Білозерське</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Білозерської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(06277)32224</t>
+          <t>(099)5579555</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>shkola14.59@gmail.com</t>
+          <t>18school.bilozerske@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://bilozerskyizzso14.wixsite.com/mysite</t>
+          <t>http://bilozerska-school18.1gb.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковальська Надія Станіславівна</t>
+          <t>Директор Новомлинець Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Білозерська загальноосвітня школа I-III ступенів №18 Білозерської міської ради Донецької області</t>
+          <t>Водянська загальноосвітня школа I-III ступенів №11 Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>137498</v>
+        <v>137518</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Білозерська ЗОШ І-ІІІ ступенів №18</t>
+          <t>Водянська ЗОШ №11</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>1411570500</t>
+          <t>1411545300</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
-          <t>Білозерське, Добропілля, Донецька область</t>
+          <t>смт Водянське, Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фестивальна, 6</t>
+          <t>вулиця Центральна, 25</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA14160030010032487</t>
+          <t>UA14160070030039725</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
-          <t>Донецька обл., Покровський р-н, м. Білозерське</t>
+          <t>Донецька обл., Покровський р-н, с-ще Водянське</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Білозерської міської ради</t>
+          <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(099)5579555</t>
+          <t>(06277)99532</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>18school.bilozerske@gmail.com</t>
+          <t>dobroschool.11@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://bilozerska-school18.1gb.ua/</t>
+          <t>http://vodianske-school11.edukit.dn.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Новомлинець Тетяна Миколаївна</t>
+          <t>В.о. директора Богуш Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Водянська загальноосвітня школа I-III ступенів №11 Добропільської міської ради Донецької області</t>
+          <t>Добропільська загальноосвітня школа I-IІI ступенів №19 Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>137518</v>
+        <v>137514</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Водянська ЗОШ №11</t>
+          <t>Добропільська ЗОШ №19</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>1411545300</t>
+          <t>1411500000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>смт Водянське, Добропілля, Донецька область</t>
+          <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 25</t>
+          <t>мікрорайон Молодіжний, 8-А</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA14160070030039725</t>
+          <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Донецька обл., Покровський р-н, с-ще Водянське</t>
+          <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(06277)99532</t>
+          <t>(06277)27588</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>dobroschool.11@gmail.com</t>
+          <t>dobroschool19@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://vodianske-school11.edukit.dn.ua</t>
+          <t>http://sc19.website</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Богуш Тетяна Олександрівна</t>
+          <t>Директор Ульєнко Наталя Михайлівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Добропільська загальноосвітня школа I-IІI ступенів №19 Добропільської міської ради Донецької області</t>
+          <t>Добропільська загальноосвітня школа І-ІІ ступенів № 6 Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>137514</v>
+        <v>137502</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Добропільська ЗОШ №19</t>
+          <t>Добропільська ЗОШ № 6</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1411500000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Молодіжний, 8-А</t>
+          <t>вулиця Чернявського Миколи, 2</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(06277)27588</t>
+          <t>(06277)27465</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>dobrschool19@gmail.com</t>
+          <t>dobroschool6@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://sc19.website</t>
+          <t>https://dobroschool6.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Ульєнко Наталя Михайлівна</t>
+          <t>Директор Стреліна Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Добропільська загальноосвітня школа І-ІІ ступенів № 6 Добропільської міської ради Донецької області</t>
+          <t>Добропільський комунальний заклад загальної середньої освіти I-III ступенів №2 Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>137502</v>
+        <v>137522</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Добропільська ЗОШ № 6</t>
+          <t>Добропільський КЗЗСО І-ІІІ ступенів №2</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1411500000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернявського Миколи, 2</t>
+          <t>вулиця Незалежності, 26</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(06277)27465</t>
+          <t>(06277)27940</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>dobroschool6@gmail.com</t>
+          <t>dobrzzso2@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>https://dobroschool6.wixsite.com/mysite</t>
+          <t>http://dobrzzso2.klasna.com</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Стреліна Тетяна Іванівна</t>
+          <t>Директор Філонова Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Добропільський комунальний заклад загальної середньої освіти I-III ступенів №2 Добропільської міської ради Донецької області</t>
+          <t>Добропільський навчально-виховний комплекс "Гімназія - загальноосвітня школа І-ІІІ ступенів №1" Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>137522</v>
+        <v>136142</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Добропільський КЗЗСО І-ІІІ ступенів №2</t>
+          <t>Добропільський НВК №1</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1411500000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 26</t>
+          <t>вулиця Гімназистів, 15</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(06277)27940</t>
+          <t>(095)1760360</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>dobrzzso2@gmail.com</t>
+          <t>dobrnvk1@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://dobrzzso2.klasna.com</t>
+          <t>http://dnvk1.info</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Філонова Ірина Миколаївна</t>
+          <t>Директор Сюрко Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Добропільський навчально-виховний комплекс "Гімназія - загальноосвітня школа І-ІІІ ступенів №1" Добропільської міської ради Донецької області</t>
+          <t>Добропільський навчально-виховний комплекс "Загальноосвітня школа I-IІI ступенів №3 - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>136142</v>
+        <v>137509</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Добропільський НВК №1</t>
+          <t>НВК №3 "Загальноосвітня школа І - ІІІ ст.-ДНЗ"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1411500000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гімназистів, 15</t>
+          <t>вулиця Добролюбова, 136</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(095)1760360</t>
+          <t>(06277)45463</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>dobrnvk1@gmail.com</t>
+          <t>dobronvk3@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://dnvk1.info</t>
+          <t>https://dobronvk3.wixsite.com/dobropilskij-nvk-3</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Сюрко Ірина Володимирівна</t>
+          <t>Директор Поліщук Петро Миколайович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Добропільський навчально-виховний комплекс "Загальноосвітня школа I-IІI ступенів №3 - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
+          <t>Добропільський навчально-виховний комплекс "Спеціалізована школа I-IІI ступенів №4 з поглибленим вивченням окремих предметів - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>137509</v>
+        <v>137482</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>НВК №3 "Загальноосвітня школа І - ІІІ ст.-ДНЗ"</t>
+          <t>Добропільський НВК №4</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1411500000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Добролюбова, 136</t>
+          <t>вулиця Первомайська, 73</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(06277)45463</t>
+          <t>(06277)27125</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>dobronvk3@gmail.com</t>
+          <t>dobrnvk4@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>https://dobronvk3.wixsite.com/dobropilskij-nvk-3</t>
+          <t>http://dobr_nvk4.mirshkol.com</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Поліщук Петро Миколайович</t>
+          <t>Директор Томчук Світлана Василівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Добропільський навчально-виховний комплекс "Спеціалізована школа I-IІI ступенів №4 з поглибленим вивченням окремих предметів - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
+          <t>Навчально-виховний комплекс загальноосвітня школа I-IІI ступенів - ліцей м. Добропілля Донецької області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>137482</v>
+        <v>137508</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Добропільський НВК №4</t>
+          <t>НВК ЗОШ І-ІІІ ступенів - ліцей м.Добропілля</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1411500000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Первомайська, 73</t>
+          <t>вулиця Незалежності, 30</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(06277)27125</t>
+          <t>(06277)28022,(06277)28024</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>dobrnvk4@gmail.com</t>
+          <t>nwkgtl5@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://dobr_nvk4.mirshkol.com</t>
+          <t>http://uwk.com.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Томчук Світлана Василівна</t>
+          <t>Директор Кужель Олена Володимирівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Навчально-виховний комплекс загальноосвітня школа I-IІI ступенів - ліцей м. Добропілля Донецької області</t>
+          <t>Навчально-виховний комплекс "Загальноосвітня школа I-IІI ступенів №7 - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>137508</v>
+        <v>137489</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>НВК ЗОШ І-ІІІ ступенів - ліцей м.Добропілля</t>
+          <t>НВК № 7</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1411500000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 30</t>
+          <t>вулиця Саратовська, 29</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA14160070010040544</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Добропілля</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Добропільської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(06277)28022,(06277)28024</t>
+          <t>(06277)28605</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>nwkgtl5@gmail.com</t>
+          <t>dobrnvk7@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://uwk.com.ua</t>
+          <t>http://dobroschool7.jimdo.com</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Кужель Олена Володимирівна</t>
+          <t>Директор Мелешко Людмила Вікторівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Навчально-виховний комплекс "Загальноосвітня школа I-IІI ступенів №7 - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
+          <t>Новодонецький заклад загальної середньої освіти I-IIІ ступенів №16 Новодонецької селищної ради Донецької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>137489</v>
+        <v>137346</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>НВК № 7</t>
+          <t>Новодонецький ЗЗСО I-III ст. №16</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>1411500000</t>
+          <t>1411545600</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>Добропілля, Донецька область</t>
+          <t>смт Новодонецьке, Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Саратовська, 29</t>
+          <t>вулиця Шкільна, 18</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA14160070010040544</t>
+          <t>UA14120150010028915</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Донецька обл., м. Добропілля</t>
+          <t>Донецька обл., Краматорський р-н, с-ще Новодонецьке</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Добропільської міської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Новодонецької селищної ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(06277)28605</t>
+          <t>(06277)74150</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>dobrnvk7@gmail.com</t>
+          <t>novodonschool16@gmail.com</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://dobroschool7.jimdo.com</t>
+          <t>https://cutt.ly/ir2WGHE</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Мелешко Людмила Вікторівна</t>
+          <t>Директор Воронова Жанна Миколаївна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Новодонецький заклад загальної середньої освіти I-IIІ ступенів №16 Новодонецької селищної ради Донецької області</t>
+          <t>Новодонецький опорний заклад загальної середньої освіти I-III ступенів Новодонецької селищної ради Донецької області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>137346</v>
+        <v>137485</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Новодонецький ЗЗСО I-III ст. №16</t>
+          <t>Новодонецький ОЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>1411545600</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>смт Новодонецьке, Добропілля, Донецька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 18</t>
+          <t>вулиця Соборна, 5</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA14120150010028915</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Краматорський р-н, с-ще Новодонецьке</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Новодонецької селищної ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(06277)74150</t>
+          <t>(066)2314291</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>novodonschool16@gmail.com</t>
+          <t>novodschoool17@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>https://cutt.ly/ir2WGHE</t>
+          <t>https://sites.google.com/view/novodon-zzso-17</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Воронова Жанна Миколаївна</t>
+          <t>Директор Янковська Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y19"/>
+  <autoFilter ref="A1:Y18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>