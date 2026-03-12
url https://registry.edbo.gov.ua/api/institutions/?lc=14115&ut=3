--- v1 (2026-01-10)
+++ v2 (2026-03-12)
@@ -997,51 +997,51 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Водянська загальноосвітня школа I-III ступенів №11 Добропільської міської ради Донецької області</t>
+          <t>Водянська загальноосвітня школа І-ІІІ ступенів №11 Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>137518</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Водянська ЗОШ №11</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -1336,51 +1336,51 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Добропільський комунальний заклад загальної середньої освіти I-III ступенів №2 Добропільської міської ради Донецької області</t>
+          <t>ДОБРОПІЛЬСЬКИЙ КОМУНАЛЬНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ № 2 ДОБРОПІЛЬСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>137522</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Добропільський КЗЗСО І-ІІІ ступенів №2</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -1562,51 +1562,51 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Добропільський навчально-виховний комплекс "Загальноосвітня школа I-IІI ступенів №3 - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
+          <t>Добропільський навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів №3 - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>137509</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>НВК №3 "Загальноосвітня школа І - ІІІ ст.-ДНЗ"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
@@ -1675,51 +1675,51 @@
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Добропільський навчально-виховний комплекс "Спеціалізована школа I-IІI ступенів №4 з поглибленим вивченням окремих предметів - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
+          <t>Добропільський навчально-виховний комплекс "Спеціалізована школа І-ІІІ ступенів №4 з поглибленим вивченням окремих предметів - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>137482</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>Добропільський НВК №4</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
@@ -1901,51 +1901,51 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Навчально-виховний комплекс "Загальноосвітня школа I-IІI ступенів №7 - дошкільний навчальний заклад" Добропільської міської ради Донецької області</t>
+          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЗАГАЛЬНООСВІТНЯ ШКОЛА І-ІІІ СТУПЕНІВ № 7 - ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД" ДОБРОПІЛЬСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>137489</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>НВК № 7</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>