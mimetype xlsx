--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІ ступенів №21 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136497</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІ ступенів № 21</t>
+          <t>ЗЗСО І-ІІ ступенів № 21 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1411247200</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -441,51 +441,51 @@
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів № 20 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>136498</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів № 20</t>
+          <t>ЗЗСО І-ІІІ ступенів № 20 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1411247200</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>