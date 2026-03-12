--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -332,86 +332,86 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІ ступенів №18 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136525</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІ ступенів № 18</t>
+          <t>ЗЗСО І-ІІ ступенів № 18 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Желізна, 1</t>
+          <t>вулиця Залізна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14020110050044480</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с-ще Нью-Йорк</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)7441779</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
@@ -445,56 +445,56 @@
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів № 17 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>136516</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №17</t>
+          <t>ЗЗСО І-ІІІ ступенів №17 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
@@ -558,86 +558,86 @@
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів №16 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>136515</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №16</t>
+          <t>ЗЗСО І-ІІІ ступенів №16 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Єсеніна, 2</t>
+          <t>вулиця Кобзаря, 2</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA14020110050044480</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с-ще Нью-Йорк</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(06247)25551</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
@@ -672,51 +672,51 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Новгородська спеціальна школа №38 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>144837</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>НСШ №38 Донецької облради</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
@@ -739,51 +739,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(06247)25804</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>novgorodshkola@i.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://ecole38.ucoz.com/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Ульянцева Наталія Іванівна</t>
+          <t>Директор Кабанець Марина Петрівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
   </sheetData>