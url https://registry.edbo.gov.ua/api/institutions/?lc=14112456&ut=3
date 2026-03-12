--- v0 (2025-11-01)
+++ v1 (2026-03-12)
@@ -332,86 +332,86 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІ ступенів №12 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135539</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІ ступенів №12</t>
+          <t>ЗЗСО І-ІІ ступенів №12 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1411245600</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Курдюмівка, Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Філатова, 7</t>
+          <t>вулиця Шевченка, 7</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA14020110030015949</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с-ще Курдюмівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)9802775</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">