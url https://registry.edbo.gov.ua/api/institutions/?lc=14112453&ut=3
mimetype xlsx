--- v0 (2025-11-01)
+++ v1 (2026-03-12)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів №10 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136485</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №10</t>
+          <t>ЗЗСО І-ІІІ ступенів №10 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1411245300</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)7441779</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>poiskshckola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://10scool.ucoz.org</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сосова Ольга Григорівна</t>
+          <t>В.о. директора Сосова Ольга Григоріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>