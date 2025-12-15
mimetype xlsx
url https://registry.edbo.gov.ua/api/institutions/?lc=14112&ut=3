--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -1003,51 +1003,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Новгородська спеціальна школа №38 Донецької обласної ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>144837</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>НСШ №38 Донецької облради</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
@@ -1070,51 +1070,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Донецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(06247)25804</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>novgorodshkola@i.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://ecole38.ucoz.com/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Ульянцева Наталія Іванівна</t>
+          <t>Директор Кабанець Марина Петрівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">