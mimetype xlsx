--- v1 (2025-12-15)
+++ v2 (2026-03-12)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів №7 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136482</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №7</t>
+          <t>ЗЗСО І-ІІІ ступенів №7 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1411245305</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -445,51 +445,51 @@
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І - ІІІ ступенів №13 Торецької міської військово - цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>136490</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №13</t>
+          <t>ЗЗСО І-ІІІ ступенів №13 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1411270300</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -554,86 +554,86 @@
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІ ступенів №12 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>135539</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІ ступенів №12</t>
+          <t>ЗЗСО І-ІІ ступенів №12 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1411245600</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>смт Курдюмівка, Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Філатова, 7</t>
+          <t>вулиця Шевченка, 7</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA14020110030015949</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с-ще Курдюмівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(099)9802775</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
@@ -663,86 +663,86 @@
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІ ступенів №18 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>136525</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІ ступенів № 18</t>
+          <t>ЗЗСО І-ІІ ступенів № 18 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Желізна, 1</t>
+          <t>вулиця Залізна, 1</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA14020110050044480</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с-ще Нью-Йорк</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(095)7441779</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
@@ -776,56 +776,56 @@
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів № 17 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>136516</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №17</t>
+          <t>ЗЗСО І-ІІІ ступенів №17 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
@@ -889,86 +889,86 @@
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів №16 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>136515</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №16</t>
+          <t>ЗЗСО І-ІІІ ступенів №16 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1411246500</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>смт Новгородське, Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Єсеніна, 2</t>
+          <t>вулиця Кобзаря, 2</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA14020110050044480</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с-ще Нью-Йорк</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(06247)25551</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
@@ -1111,51 +1111,51 @@
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів №10 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>136485</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів №10</t>
+          <t>ЗЗСО І-ІІІ ступенів №10 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1411245300</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -1183,92 +1183,92 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(095)7441779</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>poiskshckola@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://10scool.ucoz.org</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сосова Ольга Григорівна</t>
+          <t>В.о. директора Сосова Ольга Григоріївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІ ступенів №5 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>136504</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІ ступенів № 5</t>
+          <t>ЗЗСО І-ІІ ступенів № 5 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1411200000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -1320,434 +1320,434 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти І-ІІІ ступенів № 3 "Спеціалізована школа з поглибленим вивченням англійської мови" Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
+          <t>Заклад загальної середньої освіти І-ІІІ ступенів «Художньо-естетична гімназія» Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>136492</v>
+        <v>136494</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів № 3 "СШ"</t>
+          <t>ЗЗСО І-ІІІ ступенів «Художньо-естетична гімназія» Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1411200000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Євгена Седнєва, 3</t>
+          <t>провулок Новий, 2</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Торецьк</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(06247)4-35-87</t>
+          <t>(06247)40074</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>dzerschool@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnaziyanvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Коржова Наталія Іванівна</t>
+          <t>В.о. директора Федорова Ганна Віталіївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>заклад загальної середньої освіти І-ІІІ ступенів №9 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
+          <t>Заклад загальної середньої освіти І-ІІІ ступенів № 3 «Спеціалізована школа з поглибленим вивченням англійської мови» Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>136489</v>
+        <v>136492</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів № 9</t>
+          <t>ЗЗСО І-ІІІ ступенів № 3 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1411200000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 61</t>
+          <t>вулиця Євгена Седнєва, 3</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Торецьк</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(06247)42183</t>
+          <t>(06247)4-35-87</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>dz-school-9@ukr.net</t>
+          <t>dzerschool@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://school-9.at.ua</t>
+          <t>http://toretsk-zzso3.dn.sch.in.ua/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дейкун Тетяна Володимирівна</t>
+          <t>В.о. директора Коржова Наталія Іванівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти І-ІІІ ступенів "Художньо-естетична гімназія" Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
+          <t>заклад загальної середньої освіти І-ІІІ ступенів №9 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>136494</v>
+        <v>136489</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів "Художньо-естетична гімназія"</t>
+          <t>ЗЗСО І-ІІІ ступенів № 9 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1411200000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>провулок Новий, 2</t>
+          <t>вулиця Центральна, 61</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Торецьк</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(06247)40074</t>
+          <t>(06247)42183</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>gimnaziyanvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S13" s="4"/>
+          <t>dz-school-9@ukr.net</t>
+        </is>
+      </c>
+      <c r="S13" s="4" t="inlineStr">
+        <is>
+          <t>http://school-9.at.ua</t>
+        </is>
+      </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Федорова Ганна Віталіївна</t>
+          <t>В.о. директора Дейкун Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад "Торецька загальноосвітня школа І-ІІІ ступенів №6" Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
+          <t>Опорний заклад «Торецька загальноосвітня школа І-ІІІ ступенів №6» Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>136496</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад "Торецька ЗОШ І-ІІІ ступенів №6"</t>
+          <t>Опорний заклад «Торецька ЗОШ І-ІІІ ступенів №6» Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1411200000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маяковського, 15</t>
+          <t>вулиця Василя Стуса, 15</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Торецьк</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(06247)42004</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
@@ -1768,99 +1768,95 @@
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Філія І-ІІ ступенів №1 Опорного закладу "Торецька загальноосвітня школа І-ІІІ ступенів №6" Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
+          <t>Філія І-ІІ ступенів №1 Опорного закладу «Торецька загальноосвітня школа І-ІІІ ступенів №6» Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>136491</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D15" s="4"/>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1411200000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 2</t>
+          <t>вулиця Сорочинська, 2</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Торецьк</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(06247)40083</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
@@ -1881,99 +1877,95 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Філія І-ІІ ступенів №2 Опорного закладу "Торецька загальноосвітня школа І-ІІІ ступенів № 6" Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
+          <t>Філія І-ІІ ступенів №2 Опорного закладу «Торецька загальноосвітня школа І-ІІІ ступенів № 6» Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>136487</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D16" s="4"/>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1411200000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Торецьк, Донецька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Глінки, 1В</t>
+          <t>вулиця Михайла Вербицького, 1В</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Торецьк</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(06247)40087</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
@@ -2003,51 +1995,51 @@
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІ ступенів №21 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>136497</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІ ступенів № 21</t>
+          <t>ЗЗСО І-ІІ ступенів № 21 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1411247200</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
@@ -2112,51 +2104,51 @@
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>Заклад загальної середньої освіти І-ІІІ ступенів № 20 Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>136498</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І-ІІІ ступенів № 20</t>
+          <t>ЗЗСО І-ІІІ ступенів № 20 Торецької міської ВЦА</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>1411247200</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>