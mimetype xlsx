--- v0 (2025-12-03)
+++ v1 (2026-03-04)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Дитячий дошкільний навчальний заклад ясла-садок № 4 «Лелеченька»</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>165864</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №4</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад комбінованого типу, ясла-садок №40 "Посмішка"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>165869</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №40</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -563,51 +563,51 @@
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад комбінованого типу, ясла-садок №49 "Кріпиш"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>165860</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №49</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -789,51 +789,51 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад компенсуючого типу, дитячий садок №24 «Сонечко»</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>165874</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>ДНЗ № 24 "Сонечко"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -902,51 +902,51 @@
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад компенсуючого типу, дитячий садок №25 «Дзвіночок»;</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>165865</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>ДНЗ№25</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1015,51 +1015,51 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад компенсуючого типу, дитячий садок №6 "Барвінок"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>165875</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №6</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1128,51 +1128,51 @@
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла - садок №34 "Тополька"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>165873</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №34</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1241,51 +1241,51 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла- садок № 10 "Кристалик"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>165868</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №10</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1354,51 +1354,51 @@
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла-садок № 16 «Ромашка»</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>165876</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №16</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1580,51 +1580,51 @@
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла-садок № 56 «Гусельки»</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>165861</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №56</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1693,51 +1693,51 @@
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла-садок №27 "Зірочка"</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>165863</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №27</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1806,51 +1806,51 @@
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла-садок №36 "Теремок"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>165857</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №36</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -1919,51 +1919,51 @@
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла-садок №39 "Кульбабка".</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>165867</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>ДНЗ №39</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -2032,51 +2032,51 @@
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
           <t>Дошкільний навчальний заклад ясла-садок №47 "Оленка"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>165859</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>ДНЗ№ 47</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -2212,97 +2212,97 @@
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Бахмутської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(0627)446481</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>dnz52@osvita.bahmutrada.gov.ua</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
           <t>http://raduga52.klasna.com</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Михайленко Майя Миколаївна</t>
+          <t>Директор Коряка Ганна Сергіївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти (ясла-садок) комбінованого типу №31 "Горобинка" Бахмутської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
         <v>165871</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>ЗДО №31 "Горобинка"</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>