--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Бахмутська загальноосвітня школа І-ІІ ступенів №2 Бахмутської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>144965</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Бахмутська ЗОШ №2</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>
@@ -964,51 +964,51 @@
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Бахмут</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Бахмутської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(06274)81480</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>school10@osvita.bahmutrada.gov.ua</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>sites.google.com/view/school10-bahmut</t>
+          <t>https://sites.google.com/view/school10-bahmut-new/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Смага Галина Леонідівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1077,51 +1077,51 @@
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Донецька обл., м. Бахмут</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Бахмутської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(06274)31442</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>school12@osvita.bahmutrada.gov.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://art-school12.at.ua</t>
+          <t>https://sites.google.com/view/zzso12</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Костюченко Поліна Олександрівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1467,51 +1467,51 @@
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Бахмутська загальноосвітня школа І-ІІІ ступенів №7 Бахмутської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>144818</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Бахмутська ЗОШ №7</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1410300000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Бахмут, Донецька область</t>