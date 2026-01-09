--- v0 (2025-11-01)
+++ v1 (2026-01-09)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Авдіївська загальноосвітня школа I-II ступенів №1 Авдіївської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135327</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>АЗОШ №1</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1410200000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Авдіївка, Донецька область</t>
@@ -450,51 +450,51 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Авдіївська загальноосвітня школа I-II ступенів №4 Авдіївської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>135133</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>АЗОШ № 4</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1410200000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Авдіївка, Донецька область</t>
@@ -772,51 +772,51 @@
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Авдіївська опорна загальноосвітня школа I-III ступенів №2" Авдіївської міської ради Донецької області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>135326</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Авдіївська опорна загальноосвітня школа І-ІІІ ступенів№2"</t>
+          <t>Авдіївська опорна ЗОШ І-ІІІ ступенів № 2</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1410200000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Донецька область</t>