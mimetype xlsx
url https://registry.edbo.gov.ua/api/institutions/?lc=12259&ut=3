--- v0 (2025-12-17)
+++ v1 (2026-03-19)
@@ -1174,51 +1174,51 @@
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Олександрівка, Юр'ївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 44</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA12120030090016516</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Павлоградський р-н, с. Олександрівка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Вербківської сільської ради</t>
+          <t>ВИКОНАВЧИЙ КОМІТЕТ ВЕРБКІВСЬКОЇ СІЛЬСЬКОЇ РАДИ ПАВЛОГРАДСЬКОГО РАЙОНУ ДНІПРОПЕТРОВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(056)35-55-291</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>aleksandrovska.school@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://aleksandrowka.ucoz.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Зігунова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>