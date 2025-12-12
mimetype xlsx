--- v0 (2025-10-23)
+++ v1 (2025-12-12)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Томаківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05668)22390</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>tomakivka.nvk1@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://tomakivka-zosh1.klasna.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зімненко Ірина Олександрівна</t>
+          <t>Директор Зімненко Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -480,51 +480,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1225455100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Томаківка, Томаківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б.Хмельницького, 66-А</t>
+          <t>вулиця Хмельницького Богдана, 66-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA12080130010022918</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Нікопольський р-н, с-ще Томаківка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Томаківської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05668)2-22-51</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">