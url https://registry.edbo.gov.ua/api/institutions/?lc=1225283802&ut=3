--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1225283802</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Вишневе, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Татарця, 75</t>
+          <t>вулиця Центральна, 75</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12060270040028921</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Вишневе</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(056)502-57-28</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">