--- v0 (2025-10-30)
+++ v1 (2025-12-22)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1225283501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Запорізьке, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Постного, 62</t>
+          <t>вулиця Козацька, 62</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12060270070099619</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Запорізьке</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05650)25330</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">