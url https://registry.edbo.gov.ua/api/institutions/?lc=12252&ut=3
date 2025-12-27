--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$20</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$19</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y20"/>
+  <dimension ref="A1:Y19"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -589,51 +589,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1225283802</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Вишневе, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Татарця, 75</t>
+          <t>вулиця Центральна, 75</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA12060270040028921</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Вишневе</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(056)502-57-28</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
@@ -767,1744 +767,1631 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Володимирівська гімназія Софіївської селищної ради Дніпропетровської області</t>
+          <t>Девладівська початкова школа Девладівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>140380</v>
+        <v>135966</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Володимирівська гімназія</t>
+          <t>Девладівська початкова школа</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>1225284403</t>
+          <t>1225282501</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
-          <t>с. Володимирівка, Софіївський район, Дніпропетровська область</t>
+          <t>с-ще Девладове, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 5</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA12060270060091030</t>
+          <t>UA12060110010017047</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Володимирівка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с-ще Девладове</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
+          <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(05650)27115</t>
+          <t>(056)5024377</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>Vlad.shk@i.ua</t>
+          <t>devladovoschool@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://vladshk.klasna.com</t>
+          <t>http://devladovoschool.klasna.com</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Почеп Олена Миколаївна</t>
+          <t>Директор Литвиненко Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Девладівська початкова школа Девладівської сільської ради Дніпропетровської області</t>
+          <t>Жовтянський ліцей Вакулівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>135966</v>
+        <v>140452</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Девладівська початкова школа</t>
+          <t>Жовтянський ліцей Вакулівської сільської ради</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>1225282501</t>
+          <t>1225285203</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
-          <t>с-ще Девладове, Софіївський район, Дніпропетровська область</t>
+          <t>с. Жовте, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA12060110010017047</t>
+          <t>UA12060030040043549</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с-ще Девладове</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Жовте</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
+          <t>Відділ освіти Вакулівської сільської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(056)5024377</t>
+          <t>(05650)27775</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>devladovoschool@ukr.net</t>
+          <t>zhov_school@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://devladovoschool.klasna.com</t>
+          <t>http://zhovte.klasna.com</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Литвиненко Катерина Вікторівна</t>
+          <t>Директор Гукалова Лариса Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Жовтянський ліцей Вакулівської сільської ради Дніпропетровської області</t>
+          <t>Запорізька філія Софіївського ліцею Софіївської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>140452</v>
+        <v>139976</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Жовтянський ліцей Вакулівської сільської ради</t>
+          <t>Запорізька філія Софіївського ліцею</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>1225285203</t>
+          <t>1225283501</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
-          <t>с. Жовте, Софіївський район, Дніпропетровська область</t>
+          <t>с. Запорізьке, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Козацька, 62</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA12060030040043549</t>
+          <t>UA12060270070099619</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Жовте</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Запорізьке</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Вакулівської сільської ради</t>
+          <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(05650)27775</t>
+          <t>(05650)25330</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>zhov_school@ukr.net</t>
+          <t>zaporizka_school@i.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://zhovte.klasna.com</t>
+          <t>http://zaporizka_school.klasna.com/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Гукалова Лариса Петрівна</t>
+          <t>Завідувач філією Хоружевський Григорій Миколайович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Запорізька філія Софіївського ліцею Софіївської селищної ради Дніпропетровської області</t>
+          <t>Кам'янська гімназія Софіївської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>139976</v>
+        <v>138941</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Запорізька філія Софіївського ліцею</t>
+          <t>Кам'янська гімназія</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>1225283501</t>
+          <t>1225283801</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>с. Запорізьке, Софіївський район, Дніпропетровська область</t>
+          <t>с. Кам'янка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Постного, 62</t>
+          <t>вулиця Клубна, 7</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA12060270070099619</t>
+          <t>UA12060270100018547</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Запорізьке</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Кам’янка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(05650)25330</t>
+          <t>(056)502-73-84</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>zaporizka_school@i.ua</t>
+          <t>kam_zosh@i.ua</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://zaporizka_school.klasna.com/</t>
+          <t>http://kamzosh.at.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Хоружевський Григорій Миколайович</t>
+          <t>Директор Ємець Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Кам'янська гімназія Софіївської селищної ради Дніпропетровської області</t>
+          <t>Мар'є-Дмитрівський ліцей Девладівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>138941</v>
+        <v>141927</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Кам'янська гімназія</t>
+          <t>Мар'є-Дмитрівський ліцей</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>1225283801</t>
+          <t>1225284101</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Кам'янка, Софіївський район, Дніпропетровська область</t>
+          <t>с. Мар'є-Дмитрівка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Клубна, 7</t>
+          <t>вулиця Молодіжна, 5</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA12060270100018547</t>
+          <t>UA12060110190092975</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Кам’янка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Мар’є-Дмитрівка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
+          <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(056)502-73-84</t>
+          <t>(056)5026131</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>kam_zosh@i.ua</t>
+          <t>mar-dmitsc@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://kamzosh.at.ua</t>
+          <t>http://mardmitr.klasna.com</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Ємець Оксана Миколаївна</t>
+          <t>Директор Шевченко Ірина Григорівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Мар'є-Дмитрівський ліцей Девладівської сільської ради Дніпропетровської області</t>
+          <t>Мар'ївська гімназія Девладівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>141927</v>
+        <v>134577</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Мар'є-Дмитрівський ліцей</t>
+          <t>Мар'ївська гімназія</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>1225284101</t>
+          <t>1225286606</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Мар'є-Дмитрівка, Софіївський район, Дніпропетровська область</t>
+          <t>с. Мар'ївка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 5</t>
+          <t>вулиця Центральна, 1-А</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA12060110190092975</t>
+          <t>UA12060110210059319</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Мар’є-Дмитрівка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Мар’ївка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(056)5026131</t>
+          <t>(056)502-54-50, (056)502-58-74</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>mar-dmitsc@ukr.net</t>
+          <t>smar2@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://mardmitr.klasna.com</t>
+          <t>http://marschool2.klasna.com</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Ірина Григорівна</t>
+          <t>Директор Антонова Світлана Василівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Мар'ївська гімназія Девладівської сільської ради Дніпропетровської області</t>
+          <t>Мар'ївська початкова школа Жовтянського ліцею Вакулівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>134577</v>
+        <v>140500</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Мар'ївська гімназія</t>
+          <t>Мар`ївська початкова школа Жовтянського ліцею</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>1225286606</t>
+          <t>1225283304</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Мар'ївка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1-А</t>
+          <t>вулиця Шкільна, 20</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA12060110210059319</t>
+          <t>UA12060030060039036</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Мар’ївка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
+          <t>Відділ освіти Вакулівської сільської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(056)502-54-50, (056)502-58-74</t>
+          <t>(05650)26956</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>smar2@ukr.net</t>
+          <t>marschool1@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://marschool2.klasna.com</t>
+          <t>http://marschool1.klasna.com</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Антонова Світлана Василівна</t>
+          <t>Директор Гукалова Лариса Петрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Мар'ївська початкова школа Жовтянського ліцею Вакулівської сільської ради Дніпропетровської області</t>
+          <t>Миколаївський ліцей Софіївської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>140500</v>
+        <v>140525</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Мар`ївська початкова школа Жовтянського ліцею</t>
+          <t>Миколаївський ліцей</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>1225283304</t>
+          <t>1225284401</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Мар'ївка, Софіївський район, Дніпропетровська область</t>
+          <t>с. Миколаївка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 20</t>
+          <t>вулиця Квітнева, 1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA12060030060039036</t>
+          <t>UA12060270140068389</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Мар’ївка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Миколаївка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Вакулівської сільської ради</t>
+          <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(05650)26956</t>
+          <t>(05650)25230</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>marschool1@gmail.com</t>
+          <t>nikolzosch@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://marschool1.klasna.com</t>
+          <t>http://nikolaevkaschool.klasna.com</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Гукалова Лариса Петрівна</t>
+          <t>Директор Мануйленко Світлана Василівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей Софіївської селищної ради Дніпропетровської області</t>
+          <t>Новоюлівська гімназія Софіївської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>140525</v>
+        <v>139865</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей</t>
+          <t>Новоюлівська гімназія</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>1225284401</t>
+          <t>1225285501</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Миколаївка, Софіївський район, Дніпропетровська область</t>
+          <t>с. Новоюлівка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Квітнева, 1</t>
+          <t>вулиця Шкільна, 36</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA12060270140068389</t>
+          <t>UA12060270200025114</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Миколаївка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Новоюлівка</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(05650)25230</t>
+          <t>(056)502-55-16</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>nikolzosch@ukr.net</t>
+          <t>njuscool@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://nikolaevkaschool.klasna.com</t>
+          <t>https://sites.google.com/site/njuschool/home</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Мануйленко Світлана Василівна</t>
+          <t>Директор Назаренко Андрій Васильович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Новоюлівська гімназія Софіївської селищної ради Дніпропетровської області</t>
+          <t>Ордо-Василівська гімназія Девладівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>139865</v>
+        <v>134309</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Новоюлівська гімназія</t>
+          <t>Ордо-Василівська гімназія</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>1225285501</t>
+          <t>1225286601</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
-          <t>с. Новоюлівка, Софіївський район, Дніпропетровська область</t>
+          <t>с. Ордо-Василівка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 36</t>
+          <t>вулиця Весняна, 56</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA12060270200025114</t>
+          <t>UA12060110260021702</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Новоюлівка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Ордо-Василівка</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
+          <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(056)502-55-16</t>
+          <t>(056)502-54-47</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>njuscool@ukr.net</t>
+          <t>ordovka_school@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/njuschool/home</t>
+          <t>http://ordovka2011.klasna.com</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Назаренко Андрій Васильович</t>
+          <t>Директор Черничко Антоніна Володимирівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Ордо-Василівська гімназія Девладівської сільської ради Дніпропетровської області</t>
+          <t>Козацькослобідська гімназія Девладівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>134309</v>
+        <v>135571</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Ордо-Василівська гімназія</t>
+          <t>Козацькослобідська гімназія</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>1225286601</t>
+          <t>1225287701</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
-          <t>с. Ордо-Василівка, Софіївський район, Дніпропетровська область</t>
+          <t>с. Перше Травня, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Весняна, 56</t>
+          <t>вулиця Центральна, 91</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA12060110260021702</t>
+          <t>UA12060110270080905</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Ордо-Василівка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Козацька Слобода</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(056)502-54-47</t>
+          <t>(056)5026375</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>ordovka_school@ukr.net</t>
+          <t>PersheTravnya91@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://ordovka2011.klasna.com</t>
+          <t>http://pershetravnya.klasna.com</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Черничко Антоніна Володимирівна</t>
+          <t>Директор Коршун Алла Григорівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Козацькослобідська гімназія Девладівської сільської ради Дніпропетровської області</t>
+          <t>Сергіївська початкова школа Девладівської сільської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>135571</v>
+        <v>141872</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Козацькослобідська гімназія</t>
+          <t>Сергіївська початкова школа</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>1225287701</t>
+          <t>1225286610</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>с. Перше Травня, Софіївський район, Дніпропетровська область</t>
+          <t>с. Сергіївка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 91</t>
+          <t>вулиця Шкільна, 7</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA12060110270080905</t>
+          <t>UA12060110290026123</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Козацька Слобода</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с. Сергіївка</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(056)5026375</t>
+          <t>(05650)26737</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>PersheTravnya91@ukr.net</t>
+          <t>serg_school@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://pershetravnya.klasna.com</t>
+          <t>http://sergievkaschool.dnepredu.com/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Коршун Алла Григорівна</t>
+          <t>Директор Соболь Зоя Іванівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Сергіївська початкова школа Девладівської сільської ради Дніпропетровської області</t>
+          <t>Софіївська філія Софіївського ліцею Софіївської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>141872</v>
+        <v>140688</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Сергіївська початкова школа</t>
+          <t>Софіївська філія Софіївського ліцею</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>1225286610</t>
+          <t>1225255100</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
-          <t>с. Сергіївка, Софіївський район, Дніпропетровська область</t>
+          <t>смт Софіївка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 7</t>
+          <t>вулиця Центральна, 4Б</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA12060110290026123</t>
+          <t>UA12060270010037645</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Криворізький р-н, с. Сергіївка</t>
+          <t>Дніпропетровська обл., Криворізький р-н, с-ще Софіївка</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Девладівської сільської ради</t>
+          <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(05650)26737</t>
+          <t>(05650)28859</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>serg_school@ukr.net</t>
+          <t>Sofschool_2@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://sergievkaschool.dnepredu.com/</t>
+          <t>http://sofschool2.klasna.com/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Соболь Зоя Іванівна</t>
+          <t>Завідувач філією Зубко Віра Василівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Софіївська філія Софіївського ліцею Софіївської селищної ради Дніпропетровської області</t>
+          <t>Софіївський ліцей Софіївської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>140688</v>
+        <v>138986</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Софіївська філія Софіївського ліцею</t>
+          <t>Софіївський ліцей</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>1225255100</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>смт Софіївка, Софіївський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 4Б</t>
+          <t>вулиця Захисників України, 1</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA12060270010037645</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с-ще Софіївка</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Софіївської селищної ради Софіївського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(05650)28859</t>
+          <t>(05650)28010</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>Sofschool_2@ukr.net</t>
+          <t>sofschool2013@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://sofschool2.klasna.com/</t>
+          <t>http://sofiivka-school1.dp.sch.in.ua/</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Зубко Віра Василівна</t>
+          <t>Директор Тиркба Римма Олексіївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y20"/>
+  <autoFilter ref="A1:Y19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>