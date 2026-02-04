--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -367,51 +367,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1225081904</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Калинівка, Солонянський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Компанійця, 70-А</t>
+          <t>вулиця В'ячеслава Чорновола, 70-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12020270180047869</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Дніпровський р-н, с. Калинівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Солонянської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(068)6306958</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">