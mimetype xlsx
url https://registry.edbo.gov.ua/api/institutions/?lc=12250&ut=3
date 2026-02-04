--- v0 (2025-11-06)
+++ v1 (2026-02-04)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1225055101</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Аполлонівка, Солонянський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юбкіна, 60</t>
+          <t>вулиця Свободи, 60</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12020270030097177</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Дніпровський р-н, с. Аполлонівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Солонянської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0566)9-75-2-98</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
@@ -1158,51 +1158,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>1225081904</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Калинівка, Солонянський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Компанійця, 70-А</t>
+          <t>вулиця В'ячеслава Чорновола, 70-А</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA12020270180047869</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Дніпровський р-н, с. Калинівка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Солонянської селищної ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(068)6306958</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
@@ -2519,67 +2519,67 @@
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 64</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA12020270380077079</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Дніпровський р-н, с. Письмечеве</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Солонянської селищної ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(05669)72155</t>
+          <t>(096)2294211</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>pismi4evo@gmail.com</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
           <t>http://Pismi4evo.ucoz.ua</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Пивоваров Юрій Володимирович</t>
+          <t>Директор Куліш Ольга Степанівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">