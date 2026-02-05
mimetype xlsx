--- v0 (2025-10-22)
+++ v1 (2026-02-05)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 37</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12140270280029727</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(099)4106537</t>
+          <t>(066)1632042</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>szs-mih@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://mihshool.dnepredu.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Вербицька Наталя Леонідівна</t>
+          <t>Директор Олексіна Валентина Юріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>