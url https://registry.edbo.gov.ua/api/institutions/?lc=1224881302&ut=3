--- v0 (2025-10-29)
+++ v1 (2026-03-10)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Бурханівка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12140330040069838</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с. Бурханівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Орган місцевого самоврядування відділ освіти виконавчого комітету Славгородської селищної ради</t>
+          <t>Відділ освіти Славгородської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(093)6330732</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>l.sholom196@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://shevchshool.dnepredu.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Чічур Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>