--- v0 (2025-10-22)
+++ v1 (2026-03-23)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Варварівка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Ювілейна, 14</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12140330050077588</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с. Варварівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Орган місцевого самоврядування відділ освіти виконавчого комітету Славгородської селищної ради</t>
+          <t>Відділ освіти Славгородської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(068)2064246</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>war.lizey@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>varvarivska.dnepredu.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Крилова Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>