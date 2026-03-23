--- v0 (2025-10-22)
+++ v1 (2026-03-23)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Славгород, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Заводська, 65</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12140330010029935</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с-ще Славгород</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Орган місцевого самоврядування відділ освіти виконавчого комітету Славгородської селищної ради</t>
+          <t>Відділ освіти Славгородської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)4500445</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>slavgzzso@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>slavschool.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Прядка-Іщенко Анна Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>