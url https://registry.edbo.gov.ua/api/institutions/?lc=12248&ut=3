--- v0 (2025-11-07)
+++ v1 (2026-02-04)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$23</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y24"/>
+  <dimension ref="A1:Y23"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -658,2307 +658,2194 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Вільнянська гімназія-філія Раївського ліцею Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Дерезуватська гімназія Яворницької селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>139565</v>
+        <v>140077</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Вільнянська гімназія-філія Раївського ліцею</t>
+          <t>Дерезуватська гімназія</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
-          <t>1224881101</t>
+          <t>1224881501</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
-          <t>с. Вільне, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Дерезувате, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 140/1</t>
+          <t>вулиця Центральна, 1-г</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
-          <t>UA12140270110067031</t>
+          <t>UA12140110030058836</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Вільне</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Дерезувате</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(096)2425623</t>
+          <t>(067)5663177</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>nszs.vilne@ukr.net</t>
+          <t>dersh@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://vilneschool17.dnepredu.com</t>
+          <t>http://dersh.dnepredu.com/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Сіровух Олена Анатоліївна</t>
+          <t>Директор Рижик Вадим Володимирович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y5" s="5"/>
+      <c r="Y5" s="5" t="n">
+        <v>320</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Дерезуватська гімназія Яворницької селищної ради Дніпропетровської області</t>
+          <t>Зайцівська гімназія-філія Кислянського ліцею Зайцівської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>140077</v>
+        <v>139871</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Дерезуватська гімназія</t>
+          <t>Зайцівська гімназія</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>1224881501</t>
+          <t>1224882001</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
-          <t>с. Дерезувате, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Зайцеве, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1-г</t>
+          <t>вулиця Центральна, 4</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA12140110030058836</t>
+          <t>UA12140090010084370</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Дерезувате</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Зайцеве</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
+          <t>Відділ освіти виконавчого комітету Зайцівської сільської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(067)5663177</t>
+          <t>(095)3145302</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>dersh@ukr.net</t>
+          <t>zaitsivskaschool@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://dersh.dnepredu.com/</t>
+          <t>http://zajsh.dnepredu.com/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Рижик Вадим Володимирович</t>
+          <t>Завідувач філією Рижикова Інна Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y6" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Зайцівська гімназія-філія Кислянського ліцею Зайцівської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Філія Яворницька гімназія Яворницького ліцею Яворницької селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>139871</v>
+        <v>140829</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Зайцівська гімназія</t>
+          <t>Яворницька гімназія Яворницького ліцею</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>1224882001</t>
+          <t>1224855300</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
-          <t>с. Зайцеве, Синельниківський район, Дніпропетровська область</t>
+          <t>смт Іларіонове, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 4</t>
+          <t>вулиця Вереснева, 9</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA12140090010084370</t>
+          <t>UA12140110010072197</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Зайцеве</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Яворницьке</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Зайцівської сільської ради</t>
+          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(095)3145302</t>
+          <t>(096)2106937</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>zaitsivskaschool@gmail.com</t>
+          <t>Filiailarnsh@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://zajsh.dnepredu.com/</t>
+          <t>http://ilarnsh.dnepredu.com/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Рижикова Інна Іванівна</t>
+          <t>Завідувач філією Сиротенко Галина Йосифівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y7" s="5"/>
+      <c r="Y7" s="5" t="n">
+        <v>270</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Філія Яворницька гімназія Яворницького ліцею Яворницької селищної ради Дніпропетровської області</t>
+          <t>Яворницький ліцей Яворницької селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>140829</v>
+        <v>140569</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Яворницька гімназія Яворницького ліцею</t>
+          <t>Яворницький ліцей</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1224855300</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>смт Іларіонове, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вереснева, 9</t>
+          <t>вулиця Європейська, 3</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA12140110010072197</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с-ще Яворницьке</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(096)2106937</t>
+          <t>(093)3823473</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>Filiailarnsh@gmail.com</t>
+          <t>ICZH@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://ilarnsh.dnepredu.com/</t>
+          <t>http://ilarssh.dnepredu.com</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Сиротенко Галина Йосифівна</t>
+          <t>Директор Філатова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5" t="n">
-        <v>270</v>
+        <v>960</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Яворницький ліцей Яворницької селищної ради Дніпропетровської області</t>
+          <t>Кислянський ліцей Зайцівської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>140569</v>
+        <v>139488</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Яворницький ліцей</t>
+          <t>КОЗО Кислянський ліцей</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>1224855300</t>
+          <t>1224882501</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>смт Іларіонове, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Кислянка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 3</t>
+          <t>вулиця Миру, 1</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA12140110010072197</t>
+          <t>UA12140090040078235</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Яворницьке</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Кислянка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
+          <t>Відділ освіти виконавчого комітету Зайцівської сільської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(093)3823473</t>
+          <t>(068)0445191</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>ICZH@ukr.net</t>
+          <t>kysljanka1@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://ilarssh.dnepredu.com</t>
+          <t>http://kyssh.dnepredu.com</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Філатова Катерина Вікторівна</t>
+          <t>Директор Кондратенко Галина Олександрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y9" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Кислянський ліцей Зайцівської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Луб'янський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>139488</v>
+        <v>139107</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>КОЗО Кислянський ліцей</t>
+          <t>Луб'янський ліцей</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>1224882501</t>
+          <t>1224883001</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Кислянка, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Луб'янка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 1</t>
+          <t>вулиця Лесі Українки, 12</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA12140090040078235</t>
+          <t>UA12140270240097485</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Кислянка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Луб’янка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Зайцівської сільської ради</t>
+          <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(068)0445191</t>
+          <t>(068)0451939</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>kysljanka1@gmail.com</t>
+          <t>tsyganschool@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://kyssh.dnepredu.com</t>
+          <t>http://school16.mirshkol.com</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Кондратенко Галина Олександрівна</t>
+          <t>Директор Юрченко Наталія Іванівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Луб'янський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Майська гімназія-філія Кислянського ліцею Зайцівської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>139107</v>
+        <v>141455</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Луб'янський ліцей</t>
+          <t>Майська гімназія</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>1224883001</t>
+          <t>1224883501</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Луб'янка, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Майське, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 12</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA12140270240097485</t>
+          <t>UA12140090070096574</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Луб’янка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Майське</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Відділ освіти виконавчого комітету Зайцівської сільської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(068)0451939</t>
+          <t>(050)3620889</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>tsyganschool@gmail.com</t>
+          <t>maiska.school@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://school16.mirshkol.com</t>
+          <t>http://maiska.klasna.com</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Юрченко Наталія Іванівна</t>
+          <t>Завідувач філією Блажко Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Майська гімназія-філія Кислянського ліцею Зайцівської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Миролюбівський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>141455</v>
+        <v>138980</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Майська гімназія</t>
+          <t>Миролюбівський ліцей</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>1224883501</t>
+          <t>1224884901</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
-          <t>с. Майське, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Миролюбівка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Миру, 24</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA12140090070096574</t>
+          <t>UA12140270270085287</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Майське</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Миролюбівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Зайцівської сільської ради</t>
+          <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(050)3620889</t>
+          <t>(067)4151855</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>maiska.school@gmail.com</t>
+          <t>szs-myr@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://maiska.klasna.com</t>
+          <t>http://myrschool.dnepredu.com</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Блажко Оксана Миколаївна</t>
+          <t>Директор Мороз Валентина Данилівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Миролюбівський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Михайлівський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>138980</v>
+        <v>139145</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Миролюбівський ліцей</t>
+          <t>Михайлівський ліцей</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>1224884901</t>
+          <t>1224885001</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Миролюбівка, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Михайлівка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 24</t>
+          <t>вулиця Шкільна, 37</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA12140270270085287</t>
+          <t>UA12140270280029727</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Миролюбівка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(067)4151855</t>
+          <t>(066)1632042</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>szs-myr@ukr.net</t>
+          <t>szs-mih@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://myrschool.dnepredu.com</t>
+          <t>http://mihshool.dnepredu.com/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Мороз Валентина Данилівна</t>
+          <t>Директор Олексіна Валентина Юріївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Михайлівський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Новоолександрівський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>139145</v>
+        <v>139771</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Михайлівський ліцей</t>
+          <t>Новоолександрівський ліцей</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>1224885001</t>
+          <t>1224886001</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Михайлівка, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Новоолександрівка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 37</t>
+          <t>вулиця Центральна, 3</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA12140270280029727</t>
+          <t>UA12140270330073335</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Михайлівка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Новоолександрівка</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(099)4106537</t>
+          <t>(050)5177868</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>szs-mih@ukr.net</t>
+          <t>novooleks@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://mihshool.dnepredu.com/</t>
+          <t>http://komsh.dnepredu.com</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Вербицька Наталя Леонідівна</t>
+          <t>Директор Кафарова Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Новоолександрівський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Добричівський ліцей Яворницької селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>139771</v>
+        <v>139490</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Новоолександрівський ліцей</t>
+          <t>Добричівський ліцей</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>1224886001</t>
+          <t>1224884006</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
-          <t>с. Новоолександрівка, Синельниківський район, Дніпропетровська область</t>
+          <t>с-ще Первомайське, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 3</t>
+          <t>вулиця Центральна, 18</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA12140270330073335</t>
+          <t>UA12140110140074212</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Новоолександрівка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Добричі</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(050)5177868</t>
+          <t>(097)4201198</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>novooleks@gmail.com</t>
+          <t>pernvk@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://komsh.dnepredu.com</t>
+          <t>http://pernvk.dnepredu.com</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Кафарова Світлана Миколаївна</t>
+          <t>Директор Штанько Людмила Іванівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y15" s="5"/>
+      <c r="Y15" s="5" t="n">
+        <v>320</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Добричівський ліцей Яворницької селищної ради Дніпропетровської області</t>
+          <t>Заклад загальної середньої освіти "Писарівська гімназія" Троїцької сільської ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>139490</v>
+        <v>139592</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Добричівський ліцей</t>
+          <t>ЗЗСО "Писарівська гімназія"</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>1224884006</t>
+          <t>1224886801</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
-          <t>с-ще Первомайське, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Писарівка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 18</t>
+          <t>вулиця Вишнева, 8-Б</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA12140110140074212</t>
+          <t>UA12120110080010038</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Добричі</t>
+          <t>Дніпропетровська обл., Павлоградський р-н, с. Писарівка</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
+          <t>Виконавчий комітет Троїцької сільської ради Павлоградського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(097)4201198</t>
+          <t>(066)6451023</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>pernvk@gmail.com</t>
+          <t>pysnsh@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://pernvk.dnepredu.com</t>
+          <t>https://lilialitvin0.wixsite.com/pisarivskaschool</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Штанько Людмила Іванівна</t>
+          <t>Директор Пасічник Галина Михайлівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y16" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти "Писарівська гімназія" Троїцької сільської ради</t>
+          <t>Раївський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>139592</v>
+        <v>140065</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО "Писарівська гімназія"</t>
+          <t>Раївський ліцей</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>1224886801</t>
+          <t>1224887101</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>с. Писарівка, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Раївка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 8-Б</t>
+          <t>вулиця Таланова, 7</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA12120110080010038</t>
+          <t>UA12140270010035142</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Павлоградський р-н, с. Писарівка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Раївка</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Троїцької сільської ради Павлоградського району Дніпропетровської області</t>
+          <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(066)6451023</t>
+          <t>(097)5400544</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>pysnsh@ukr.net</t>
+          <t>zssi-rai@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>https://lilialitvin0.wixsite.com/pisarivskaschool</t>
+          <t>http://school-internat.dnepredu.com</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Пасічник Галина Михайлівна</t>
+          <t>Директор Турченюк Сергій Леонідович</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Раївський ліцей Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Роздорський ліцей Роздорської селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>140065</v>
+        <v>141339</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Раївський ліцей</t>
+          <t>Роздорський ліцей</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>1224887101</t>
+          <t>1224855600</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
-          <t>с. Раївка, Синельниківський район, Дніпропетровська область</t>
+          <t>смт Роздори, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Таланова, 7</t>
+          <t>вулиця Шевченка, 1</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA12140270010035142</t>
+          <t>UA12140290010050977</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Раївка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Роздори</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Раївської сільської ради Синельниківського району Дніпропетровської області</t>
+          <t>Відділ освіти, молоді та спорту Роздорської селищної ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(097)5400544</t>
+          <t>(098)7036000</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>zssi-rai@ukr.net</t>
+          <t>Rozdoryschool@i.ua</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://school-internat.dnepredu.com</t>
+          <t>http://Rozdoryschool.klasna.com</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Турченюк Сергій Леонідович</t>
+          <t>Директор В'юненко Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Роздорський ліцей Роздорської селищної ради Синельниківського району Дніпропетровської області</t>
+          <t>Філія Садівська початкова школа Яворницького ліцею Яворницької селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>141339</v>
+        <v>141864</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Роздорський ліцей</t>
+          <t>Садівська початкова школа Яворницького ліцею</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>1224855600</t>
+          <t>1224855900</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
-          <t>смт Роздори, Синельниківський район, Дніпропетровська область</t>
+          <t>смт Сад, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1</t>
+          <t>вулиця Данили Галицького, 100-б</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA12140290010050977</t>
+          <t>UA12140110020066304</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Роздори</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Сад</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Роздорської селищної ради</t>
+          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(098)7036000</t>
+          <t>(050)5164657</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>Rozdoryschool@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvksmtsad@gmail.com</t>
+        </is>
+      </c>
+      <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор В'юненко Валентина Володимирівна</t>
+          <t>Директор Філатова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Філія Садівська початкова школа Яворницького ліцею Яворницької селищної ради Дніпропетровської області</t>
+          <t>Опорний заклад освіти Славгородський ліцей Славгородської селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>141864</v>
+        <v>139710</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Садівська початкова школа Яворницького ліцею</t>
+          <t>Славгородський ліцей</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>1224855900</t>
+          <t>1224856200</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>смт Сад, Синельниківський район, Дніпропетровська область</t>
+          <t>смт Славгород, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данили Галицького, 100-б</t>
+          <t>вулиця Заводська, 65</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA12140110020066304</t>
+          <t>UA12140330010029935</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Сад</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Славгород</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
+          <t>Орган місцевого самоврядування відділ освіти виконавчого комітету Славгородської селищної ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(050)5164657</t>
+          <t>(097)4500445</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>nvksmtsad@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S20" s="4"/>
+          <t>slavgzzso@gmail.com</t>
+        </is>
+      </c>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>slavschool.klasna.com</t>
+        </is>
+      </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Філатова Катерина Вікторівна</t>
+          <t>Директор Прядка-Іщенко Анна Володимирівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад освіти Славгородський ліцей Славгородської селищної ради Синельниківського району Дніпропетровської області</t>
+          <t>Старовишневецька гімназія Роздорської селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>139710</v>
+        <v>141345</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Славгородський ліцей</t>
+          <t>Старовишневецька гімназія</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>1224856200</t>
+          <t>1224888201</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
-          <t>смт Славгород, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Старовишневецьке, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 65</t>
+          <t>вулиця Єдності, 75 в</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA12140330010029935</t>
+          <t>UA12140290090093887</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Славгород</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Старовишневецьке</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Орган місцевого самоврядування відділ освіти виконавчого комітету Славгородської селищної ради</t>
+          <t>Відділ освіти, молоді та спорту Роздорської селищної ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(097)4500445</t>
+          <t>(05663)72-633</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>slavgzzso@gmail.com</t>
+          <t>vishneva91@i.ua</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>slavschool.klasna.com</t>
+          <t>http://vishnevecka-school.dnepredu.com</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Прядка-Іщенко Анна Володимирівна</t>
+          <t>Директор Кравченко Аліна Анатоліївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Старовишневецька гімназія Роздорської селищної ради Синельниківського району Дніпропетровської області</t>
+          <t>Філія Старолозуватська початкова школа Іларіонівського ліцею Іларіонівської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>141345</v>
+        <v>140666</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Старовишневецька гімназія</t>
+          <t>Старолозуватська початкова школа Іларіонівського ліцею</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>1224888201</t>
+          <t>1224855304</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
-          <t>с. Старовишневецьке, Синельниківський район, Дніпропетровська область</t>
+          <t>с. Старолозуватка, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Єдності, 75 в</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA12140290090093887</t>
+          <t>UA12140110120051582</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Старовишневецьке</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с. Старолозуватка</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Роздорської селищної ради</t>
+          <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(05663)72-633</t>
+          <t>(067)5880249</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
-      <c r="R22" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R22" s="4"/>
+      <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Кравченко Аліна Анатоліївна</t>
+          <t>Директор Філатова Катерина Вікторівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Філія Старолозуватська початкова школа Іларіонівського ліцею Іларіонівської селищної ради Дніпропетровської області</t>
+          <t>Шахтарська гімназія Яворницької селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>140666</v>
+        <v>139590</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Старолозуватська початкова школа Іларіонівського ліцею</t>
+          <t>Шахтарська гімназія</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>1224855304</t>
+          <t>1224884009</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
-          <t>с. Старолозуватка, Синельниківський район, Дніпропетровська область</t>
+          <t>с-ще Шахтарське, Синельниківський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Миру, 20</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA12140110120051582</t>
+          <t>UA12140110170040914</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл., Синельниківський р-н, с. Старолозуватка</t>
+          <t>Дніпропетровська обл., Синельниківський р-н, с-ще Шахтарське</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Яворницької селищної ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(067)5880249</t>
+          <t>(066)3048026</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
-      <c r="R23" s="4"/>
-      <c r="S23" s="4"/>
+      <c r="R23" s="4" t="inlineStr">
+        <is>
+          <t>shakht_osvita@ukr.net</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr">
+        <is>
+          <t>http://shahsh.klasna.com</t>
+        </is>
+      </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Філатова Катерина Вікторівна</t>
+          <t>Директор Бодаква Алла Миколаївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y23" s="5"/>
-[...112 lines deleted...]
-      <c r="Y24" s="5" t="n">
+      <c r="Y23" s="5" t="n">
         <v>178</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:Y24"/>
+  <autoFilter ref="A1:Y23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>