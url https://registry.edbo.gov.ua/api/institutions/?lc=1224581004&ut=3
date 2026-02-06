--- v0 (2025-12-03)
+++ v1 (2026-02-06)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ Мирнівська гімназія ліцею "Тріумф" П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134604</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Мирнівська гімназія</t>
+          <t>ВП Мирнівська гімназія ліцею "Тріумф" ПМР</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1224581004</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)4106149</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>liliasavchenko2016@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://myrnyvska.dnepredu.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кошик Валентина Григорівна</t>
+          <t>Завідувач філією Савченко Лілія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>