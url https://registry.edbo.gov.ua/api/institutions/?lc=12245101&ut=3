--- v0 (2025-10-28)
+++ v1 (2026-03-06)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)9953864</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pyatixatkigs2@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://pyatikhatkigs2.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Комаров Сергій Володимирович</t>
+          <t>В.о. директора Пащенко Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -630,51 +630,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(067)3496048</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>scool1pytih@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/nashashkolagarna/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Кірєєва Яна Валеріївна</t>
+          <t>В.о. директора Пономаренко Наталія Іванівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>