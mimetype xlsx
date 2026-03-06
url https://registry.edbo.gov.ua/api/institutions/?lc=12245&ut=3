--- v0 (2025-12-03)
+++ v1 (2026-03-06)
@@ -780,51 +780,51 @@
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ Жовтянська гімназія Жовтоолександрівського ліцею П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>136146</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Жовтянська гімназія</t>
+          <t>ВП Жовтянська гімназія Жовтоолександрівського ліцею ПМР</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1224581501</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
@@ -1454,51 +1454,51 @@
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ Культурянська гімназія ліцею "Тріумф" П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>134763</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Культурянська гімназія</t>
+          <t>ВП Культурянська гімназія ліцею "Тріумф" ПМР</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1224581003</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
@@ -1904,51 +1904,51 @@
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ Мирнівська гімназія ліцею "Тріумф" П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>134604</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Мирнівська гімназія</t>
+          <t>ВП Мирнівська гімназія ліцею "Тріумф" ПМР</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1224581004</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
@@ -1976,51 +1976,51 @@
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(096)4106149</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>liliasavchenko2016@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
           <t>http://myrnyvska.dnepredu.com</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кошик Валентина Григорівна</t>
+          <t>Завідувач філією Савченко Лілія Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
@@ -2202,51 +2202,51 @@
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(067)9953864</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>pyatixatkigs2@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
           <t>http://pyatikhatkigs2.at.ua</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Комаров Сергій Володимирович</t>
+          <t>В.о. директора Пащенко Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
@@ -2428,92 +2428,92 @@
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(067)3496048</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>scool1pytih@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/nashashkolagarna/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Кірєєва Яна Валеріївна</t>
+          <t>В.о. директора Пономаренко Наталія Іванівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ Пальмирівська гімназія Жовтоолександрівського ліцею П'ятихатської міської ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
         <v>138198</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Пальмирівська гімназія</t>
+          <t>ВП Пальмирівська гімназія Жовтоолександрівського ліцею ПМР</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>1224584801</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>