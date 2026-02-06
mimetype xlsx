--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Покровської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0563)858637</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vyshnivskazosh@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://zoshvishenka.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Безрідня Людмила Василівна</t>
+          <t>Директор Ткаченко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5" t="n">
         <v>278</v>
       </c>